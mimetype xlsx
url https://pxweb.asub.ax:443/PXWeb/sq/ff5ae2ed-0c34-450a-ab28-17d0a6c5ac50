--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f7f33326ca4586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f1daeda6f25640e4986c4e6a94cadd03.psmdcp" Id="R222d33b54d854e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818f97540ced4d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f4a548dc34147e1b2c63f60266411ef.psmdcp" Id="R49e74f8356ea44ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
-    <x:t>2011</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands lyceum</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Sverige</x:t>
   </x:si>
   <x:si>
     <x:t>Övriga</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands yrkesgymnasium</x:t>
   </x:si>
   <x:si>
     <x:t>Hemort avser hemort vid antagning till utbildningen. Ålands naturbuksskola stängdes efter vårterminen 2011.
 I augusti 2011 sammanslogs Ålands handelsläroverk, Ålands hotell- och restaurangskola, Ålands yrkesskola, Ålands vårdinstitut och Ålands sjömansskola till Ålands yrkesgymnasium.</x:t>
   </x:si>
   <x:si>
     <x:t>Uppgifterna avser läget den 20 september respektive år.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241017 09:00</x:t>
+    <x:t>20251015 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB), PB 1187, AX-22111 Mariehamn, 018-25490, asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Sort:</x:t>
   </x:si>
   <x:si>
     <x:t>Antal personer</x:t>
   </x:si>
   <x:si>
     <x:t>Intern referenskod:</x:t>
   </x:si>
@@ -577,516 +577,516 @@
       </x:c>
       <x:c r="L3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M3" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N3" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O3" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P3" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:16">
       <x:c r="A4" s="2" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>459</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>478</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>472</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>461</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
-        <x:v>445</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="J4" s="3" t="n">
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="K4" s="3" t="n">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="L4" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="J4" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="M4" s="3" t="n">
-        <x:v>433</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="N4" s="3" t="n">
-        <x:v>440</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="O4" s="3" t="n">
-        <x:v>432</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="P4" s="3" t="n">
-        <x:v>479</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:16">
       <x:c r="B5" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>455</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="E5" s="3" t="n">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="F5" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="E5" s="3" t="n">
+      <x:c r="G5" s="3" t="n">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="H5" s="3" t="n">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="I5" s="3" t="n">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="J5" s="3" t="n">
+        <x:v>436</x:v>
+      </x:c>
+      <x:c r="K5" s="3" t="n">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="L5" s="3" t="n">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="M5" s="3" t="n">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="N5" s="3" t="n">
+        <x:v>430</x:v>
+      </x:c>
+      <x:c r="O5" s="3" t="n">
         <x:v>474</x:v>
       </x:c>
-      <x:c r="F5" s="3" t="n">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="P5" s="3" t="n">
-        <x:v>474</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:16">
       <x:c r="B6" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="D6" s="3" t="n">
+      <x:c r="E6" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-      <x:c r="E6" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>4</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
+        <x:v>5</x:v>
+      </x:c>
+      <x:c r="L6" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="M6" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+      <x:c r="N6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="L6" s="3" t="n">
-[...5 lines deleted...]
-      <x:c r="N6" s="3" t="n">
+      <x:c r="O6" s="3" t="n">
         <x:v>3</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>2</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:16">
       <x:c r="B7" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:16">
       <x:c r="B8" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="L8" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="M8" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="N8" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="O8" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="L8" s="3" t="n">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="P8" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:16">
       <x:c r="A9" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>820</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>776</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
-        <x:v>707</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
-        <x:v>674</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
-        <x:v>698</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
-        <x:v>649</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
-        <x:v>611</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
-        <x:v>626</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
-        <x:v>627</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>645</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>713</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>731</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
-        <x:v>679</x:v>
+        <x:v>632</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:16">
       <x:c r="B10" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>726</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>681</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
-        <x:v>614</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>599</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
-        <x:v>631</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
-        <x:v>610</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
-        <x:v>560</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
-        <x:v>573</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
-        <x:v>575</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
-        <x:v>598</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>622</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>656</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>679</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
-        <x:v>627</x:v>
+        <x:v>586</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:16">
       <x:c r="B11" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
-        <x:v>70</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
-        <x:v>59</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
-        <x:v>45</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
-        <x:v>48</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:16">
       <x:c r="B12" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="G12" s="3" t="n">
+        <x:v>4</x:v>
+      </x:c>
+      <x:c r="H12" s="3" t="n">
+        <x:v>6</x:v>
+      </x:c>
+      <x:c r="I12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="G12" s="3" t="n">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="J12" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="K12" s="3" t="n">
         <x:v>5</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:16">
       <x:c r="B13" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
-        <x:v>24</x:v>
+        <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:16">
       <x:c r="A15" s="4" t="s">
         <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:16">
       <x:c r="A16" s="4" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:16">
       <x:c r="A18" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:16">
       <x:c r="A19" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:16">
       <x:c r="A21" s="0" t="s">
         <x:v>26</x:v>