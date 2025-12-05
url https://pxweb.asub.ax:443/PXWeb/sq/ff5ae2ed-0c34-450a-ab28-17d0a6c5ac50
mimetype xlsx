--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R818f97540ced4d01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f4a548dc34147e1b2c63f60266411ef.psmdcp" Id="R49e74f8356ea44ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re866e371b5a141f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bed93531de74236b5d5b2040ad486f7.psmdcp" Id="Raf21ca02a49d4508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>