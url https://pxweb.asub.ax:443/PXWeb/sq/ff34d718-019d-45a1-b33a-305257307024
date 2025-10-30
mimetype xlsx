--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb53bbe266d464fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03acf609ccfd436c961d6e105a9becd6.psmdcp" Id="Re6697c9f42354177" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc123b9bacd2a4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/759e1e896f934c528e0ca91ccada4647.psmdcp" Id="Re3af651b69fb4886" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Arbetande inom sjötransport. Inkl. finländsk personal på åländskregistrerade fartyg ägda av åländska rederier, efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>