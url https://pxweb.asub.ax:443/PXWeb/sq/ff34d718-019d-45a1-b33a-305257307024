--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc123b9bacd2a4560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/759e1e896f934c528e0ca91ccada4647.psmdcp" Id="Re3af651b69fb4886" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf2d4c05e634815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54aacec28e8f4771bf0c1a260aead42d.psmdcp" Id="Rb8ffdbd1045b4e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Arbetande inom sjötransport. Inkl. finländsk personal på åländskregistrerade fartyg ägda av åländska rederier, efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>