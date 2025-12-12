--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfdf2d4c05e634815" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/54aacec28e8f4771bf0c1a260aead42d.psmdcp" Id="Rb8ffdbd1045b4e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de49caacc5e487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/636ee4d32f0946a9a43336eaf82c485b.psmdcp" Id="Rd75a2308725a4f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Arbetande inom sjötransport. Inkl. finländsk personal på åländskregistrerade fartyg ägda av åländska rederier, efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>