--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6de49caacc5e487d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/636ee4d32f0946a9a43336eaf82c485b.psmdcp" Id="Rd75a2308725a4f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f8d76fa5e3c4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5dadaa5a2814f39b0cc328a2fd39534.psmdcp" Id="Rc7bd2839825f4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Arbetande inom sjötransport. Inkl. finländsk personal på åländskregistrerade fartyg ägda av åländska rederier, efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>