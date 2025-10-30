--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d062d0051e4527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f93dc64407b43909d25001dd77302f4.psmdcp" Id="Rd330298fdc3b4e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d726e71c944f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4419436c82f4964be1d87208eb00b20.psmdcp" Id="R6884cbaaa0ed4f76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Misstänkta för utredda brott efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>