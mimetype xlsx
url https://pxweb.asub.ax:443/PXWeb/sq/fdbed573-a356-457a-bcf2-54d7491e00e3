--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09d726e71c944f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4419436c82f4964be1d87208eb00b20.psmdcp" Id="R6884cbaaa0ed4f76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb320cc7b054819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71e35b7e55d84269a4a2eb8bcdfea34d.psmdcp" Id="R56b1469dc4b64549" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Misstänkta för utredda brott efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>