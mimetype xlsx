--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radb320cc7b054819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/71e35b7e55d84269a4a2eb8bcdfea34d.psmdcp" Id="R56b1469dc4b64549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb1d7e259ff34763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd19f9f4d7d047fabdc20feb01f68d14.psmdcp" Id="R01c50fa4fc1b455d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Misstänkta för utredda brott efter Kön, Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
   </x:si>
   <x:si>