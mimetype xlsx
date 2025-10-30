--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bfb8332109449b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9bb2ab5405734d63a6c4c19e4eea260e.psmdcp" Id="R3e2cf2c436af406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb415581c739d46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d8ee9c007de4623a7f8747381c89330.psmdcp" Id="R9a12ebaa05c94cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>