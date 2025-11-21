--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb415581c739d46be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7d8ee9c007de4623a7f8747381c89330.psmdcp" Id="R9a12ebaa05c94cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f167303fbd948fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16790ae2257e4ce09c8f242deaa4794e.psmdcp" Id="Ra4f70598128a4ab1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>