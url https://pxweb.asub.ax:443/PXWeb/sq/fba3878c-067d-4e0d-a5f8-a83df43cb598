--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f167303fbd948fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/16790ae2257e4ce09c8f242deaa4794e.psmdcp" Id="Ra4f70598128a4ab1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R033c7c3b77d74055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf50f23f66484fdfa300bb1b28758c97.psmdcp" Id="R00f7ab3f93ef4675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>