--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81ad7c14dbfe439e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/23f8f280c2f64cbda82e1fc5dcd18077.psmdcp" Id="R8e60d71911334ddc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1333eeaa4019484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20a2217b7ecc4205b6e56fd5836ba48f.psmdcp" Id="Ra444bed125bc4c9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>