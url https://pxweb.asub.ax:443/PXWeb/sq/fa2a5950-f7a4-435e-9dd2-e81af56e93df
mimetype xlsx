--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1333eeaa4019484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/20a2217b7ecc4205b6e56fd5836ba48f.psmdcp" Id="Ra444bed125bc4c9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150402df52ff4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a549b934b591418aac9a8d050408d2b2.psmdcp" Id="R864cded3db5a4c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>