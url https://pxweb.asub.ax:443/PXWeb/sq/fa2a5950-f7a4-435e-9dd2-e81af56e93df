--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R150402df52ff4007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a549b934b591418aac9a8d050408d2b2.psmdcp" Id="R864cded3db5a4c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a5119764d674969" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/25cdb29580de430f9f4bbe1195add7be.psmdcp" Id="R5f5f0f9f1dcc4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>