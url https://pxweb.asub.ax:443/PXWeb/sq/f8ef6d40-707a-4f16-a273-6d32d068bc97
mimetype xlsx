--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,136 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R271bb060f5d64914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/83d44970e52347aa8fcd630d41b44885.psmdcp" Id="Rcfe054232c5e48de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e41ece3fd8482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bbfb5384c9f4e408823f30fae66b00f.psmdcp" Id="R66d96bdcd8794889" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>
     <x:t>2013</x:t>
   </x:si>
   <x:si>
     <x:t>2014</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands lyceum</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands yrkesgymnasium</x:t>
   </x:si>
   <x:si>
     <x:t>Country of residence refers to country of residence at the time of admission. Ålands naturbuksskola  was closed after spring term 2011.
 In august 2011 Ålands handelsläroverk, Ålands hotell- och restaurangskola, Ålands yrkesskola, Ålands vårdinstitut and Ålands sjömansskola were merged into Ålands yrkesgymnasium.</x:t>
   </x:si>
   <x:si>
     <x:t>The data refer to the situation on 20 September of each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241017 09:00</x:t>
+    <x:t>20251015 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB), PB 1187, AX-22111 Mariehamn, 018-25490, info@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -509,649 +512,682 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:P41"/>
+  <x:dimension ref="A1:Q41"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="8.240625" style="0" customWidth="1"/>
-    <x:col min="3" max="16" width="6.090625" style="0" customWidth="1"/>
+    <x:col min="3" max="17" width="6.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:16">
+    <x:row r="1" spans="1:17">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:16">
+    <x:row r="3" spans="1:17">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="K3" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="L3" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="M3" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="N3" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O3" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="P3" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:16">
+      <x:c r="Q3" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:17">
       <x:c r="A4" s="2" t="s">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
         <x:v>457</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>459</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>478</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
         <x:v>472</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
         <x:v>461</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J4" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="K4" s="3" t="n">
         <x:v>442</x:v>
       </x:c>
       <x:c r="L4" s="3" t="n">
         <x:v>446</x:v>
       </x:c>
       <x:c r="M4" s="3" t="n">
         <x:v>433</x:v>
       </x:c>
       <x:c r="N4" s="3" t="n">
         <x:v>440</x:v>
       </x:c>
       <x:c r="O4" s="3" t="n">
         <x:v>432</x:v>
       </x:c>
       <x:c r="P4" s="3" t="n">
         <x:v>479</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:16">
+      <x:c r="Q4" s="3" t="n">
+        <x:v>465</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:17">
       <x:c r="B5" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>455</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>474</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
         <x:v>466</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J5" s="3" t="n">
         <x:v>425</x:v>
       </x:c>
       <x:c r="K5" s="3" t="n">
         <x:v>436</x:v>
       </x:c>
       <x:c r="L5" s="3" t="n">
         <x:v>439</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
         <x:v>428</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>435</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
         <x:v>430</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
         <x:v>474</x:v>
       </x:c>
-    </x:row>
-    <x:row r="6" spans="1:16">
+      <x:c r="Q5" s="3" t="n">
+        <x:v>462</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:17">
       <x:c r="B6" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="J6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="K6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L6" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-    </x:row>
-    <x:row r="7" spans="1:16">
+      <x:c r="Q6" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:17">
       <x:c r="B7" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K7" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
-    </x:row>
-    <x:row r="8" spans="1:16">
+      <x:c r="Q7" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:17">
       <x:c r="B8" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K8" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="L8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-    </x:row>
-    <x:row r="9" spans="1:16">
+      <x:c r="Q8" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:17">
       <x:c r="A9" s="2" t="s">
-        <x:v>21</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
-        <x:v>16</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>820</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>776</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>707</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>674</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>698</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>649</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>611</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
         <x:v>626</x:v>
       </x:c>
       <x:c r="K9" s="3" t="n">
         <x:v>625</x:v>
       </x:c>
       <x:c r="L9" s="3" t="n">
         <x:v>627</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
         <x:v>645</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>713</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
         <x:v>731</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:16">
+      <x:c r="Q9" s="3" t="n">
+        <x:v>632</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:17">
       <x:c r="B10" s="2" t="s">
-        <x:v>17</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>726</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>681</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>614</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>599</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>631</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>610</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>560</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
         <x:v>573</x:v>
       </x:c>
       <x:c r="K10" s="3" t="n">
         <x:v>575</x:v>
       </x:c>
       <x:c r="L10" s="3" t="n">
         <x:v>598</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
         <x:v>622</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
         <x:v>656</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
         <x:v>679</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
         <x:v>627</x:v>
       </x:c>
-    </x:row>
-    <x:row r="11" spans="1:16">
+      <x:c r="Q10" s="3" t="n">
+        <x:v>586</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:17">
       <x:c r="B11" s="2" t="s">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>76</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K11" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L11" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
         <x:v>21</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:16">
+      <x:c r="Q11" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:17">
       <x:c r="B12" s="2" t="s">
-        <x:v>19</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="J12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="L12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:16">
+      <x:c r="Q12" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:17">
       <x:c r="B13" s="2" t="s">
-        <x:v>20</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="J13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="K13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="L13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:16">
+      <x:c r="Q13" s="3" t="n">
+        <x:v>19</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:17">
       <x:c r="A15" s="4" t="s">
-        <x:v>22</x:v>
-[...2 lines deleted...]
-    <x:row r="16" spans="1:16">
+        <x:v>23</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:17">
       <x:c r="A16" s="4" t="s">
-        <x:v>23</x:v>
-[...2 lines deleted...]
-    <x:row r="18" spans="1:16">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:17">
       <x:c r="A18" s="0" t="s">
-        <x:v>24</x:v>
-[...2 lines deleted...]
-    <x:row r="19" spans="1:16">
+        <x:v>25</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:17">
       <x:c r="A19" s="0" t="s">
-        <x:v>25</x:v>
-[...2 lines deleted...]
-    <x:row r="21" spans="1:16">
+        <x:v>26</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:17">
       <x:c r="A21" s="0" t="s">
-        <x:v>26</x:v>
-[...2 lines deleted...]
-    <x:row r="22" spans="1:16">
+        <x:v>27</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:17">
       <x:c r="A22" s="0" t="s">
-        <x:v>27</x:v>
-[...2 lines deleted...]
-    <x:row r="24" spans="1:16">
+        <x:v>28</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:17">
       <x:c r="A24" s="0" t="s">
-        <x:v>28</x:v>
-[...2 lines deleted...]
-    <x:row r="25" spans="1:16">
+        <x:v>29</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="25" spans="1:17">
       <x:c r="A25" s="0" t="s">
-        <x:v>29</x:v>
-[...2 lines deleted...]
-    <x:row r="27" spans="1:16">
+        <x:v>30</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:17">
       <x:c r="A27" s="0" t="s">
-        <x:v>30</x:v>
-[...2 lines deleted...]
-    <x:row r="29" spans="1:16">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:17">
       <x:c r="A29" s="0" t="s">
-        <x:v>31</x:v>
-[...2 lines deleted...]
-    <x:row r="30" spans="1:16">
+        <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:17">
       <x:c r="A30" s="0" t="s">
-        <x:v>32</x:v>
-[...2 lines deleted...]
-    <x:row r="40" spans="1:16">
+        <x:v>33</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:17">
       <x:c r="A40" s="0" t="s">
-        <x:v>33</x:v>
-[...2 lines deleted...]
-    <x:row r="41" spans="1:16">
+        <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:17">
       <x:c r="A41" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT052</vt:lpstr>
       <vt:lpstr>UT052!Print_Area</vt:lpstr>
       <vt:lpstr>UT052!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>