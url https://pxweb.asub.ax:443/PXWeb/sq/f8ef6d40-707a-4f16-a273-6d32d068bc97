--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49e41ece3fd8482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bbfb5384c9f4e408823f30fae66b00f.psmdcp" Id="R66d96bdcd8794889" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e10f72cb8847c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1a0f165a24de4ac6ad76c6d6e306ac5a.psmdcp" Id="Rcfc8a64af66749bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>