--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4b87a79b9f4369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/123ff2c20e6f48b4b6dcb6ab4f41d18c.psmdcp" Id="R73387b3bbc4445ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24486a14eeb74f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa8a3a0e86de44c5953bbe34d2558b08.psmdcp" Id="R591535891d4f4b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>