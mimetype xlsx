--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24486a14eeb74f04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa8a3a0e86de44c5953bbe34d2558b08.psmdcp" Id="R591535891d4f4b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64714e1b4de64fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b96b3c104164d86a38965fdd365c4f3.psmdcp" Id="R60dea48161c54a6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>