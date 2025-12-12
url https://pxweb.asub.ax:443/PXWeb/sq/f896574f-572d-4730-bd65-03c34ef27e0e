--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64714e1b4de64fe4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8b96b3c104164d86a38965fdd365c4f3.psmdcp" Id="R60dea48161c54a6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b79da9c6e422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e03267d25bc244309ca202b9194931b3.psmdcp" Id="R52f2c39e1a7941b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>