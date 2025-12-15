--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R020b79da9c6e422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e03267d25bc244309ca202b9194931b3.psmdcp" Id="R52f2c39e1a7941b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1cb8dbb3e10f4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b97fd6cce13b46369a47b6f1adcd678d.psmdcp" Id="Rf98874fa564a4260" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>