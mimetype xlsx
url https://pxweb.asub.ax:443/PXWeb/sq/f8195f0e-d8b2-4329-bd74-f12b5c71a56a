--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd772a4729ef54bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/840731ce3db246ebbec387a609eead83.psmdcp" Id="Re9f7de8870da4e84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9a753a413b42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d94fe52d4c614666acfb4942392ce69a.psmdcp" Id="R6020831964b8441e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="74" uniqueCount="74">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>
     <x:t>1991</x:t>
   </x:si>
   <x:si>
     <x:t>1992</x:t>
   </x:si>
   <x:si>
     <x:t>1993</x:t>
   </x:si>
   <x:si>
     <x:t>1994</x:t>
   </x:si>
   <x:si>
     <x:t>1995</x:t>
   </x:si>
   <x:si>
     <x:t>1996</x:t>
   </x:si>
   <x:si>
@@ -118,50 +118,53 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Åland total</x:t>
   </x:si>
   <x:si>
     <x:t>Brändö</x:t>
   </x:si>
   <x:si>
     <x:t>Eckerö</x:t>
   </x:si>
   <x:si>
     <x:t>Finström</x:t>
   </x:si>
   <x:si>
     <x:t>Föglö</x:t>
   </x:si>
   <x:si>
     <x:t>Geta</x:t>
   </x:si>
   <x:si>
     <x:t>Hammarland</x:t>
   </x:si>
   <x:si>
     <x:t>Jomala</x:t>
   </x:si>
   <x:si>
     <x:t>Kumlinge</x:t>
@@ -184,51 +187,51 @@
   <x:si>
     <x:t>Sottunga</x:t>
   </x:si>
   <x:si>
     <x:t>-</x:t>
   </x:si>
   <x:si>
     <x:t>Sund</x:t>
   </x:si>
   <x:si>
     <x:t>Vårdö</x:t>
   </x:si>
   <x:si>
     <x:t>Students in comprehensive school by municipality of residence as of 30 of august each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Students which are getting homeschooled or studying temporarily abroad are included in the statistics.</x:t>
   </x:si>
   <x:si>
     <x:t>(-) = 0</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241003 09:00</x:t>
+    <x:t>20250925 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Statistics and Research Åland (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Åland, Finland </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
@@ -629,66 +632,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:AJ55"/>
+  <x:dimension ref="A1:AK55"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
-    <x:col min="2" max="36" width="6.090625" style="0" customWidth="1"/>
+    <x:col min="2" max="37" width="6.090625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
-    <x:row r="1" spans="1:36">
+    <x:row r="1" spans="1:37">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="3" spans="1:36">
+    <x:row r="3" spans="1:37">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
@@ -750,54 +753,57 @@
       </x:c>
       <x:c r="AC3" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="AD3" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="AE3" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="AF3" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="AG3" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="AH3" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="AI3" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="AJ3" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
-    </x:row>
-    <x:row r="4" spans="1:36">
+      <x:c r="AK3" s="2" t="s">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="4" spans="1:37">
       <x:c r="A4" s="2" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="3" t="n">
         <x:v>2576</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
         <x:v>2570</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
         <x:v>2569</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
         <x:v>2613</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
         <x:v>2653</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
         <x:v>2749</x:v>
       </x:c>
       <x:c r="H4" s="3" t="n">
         <x:v>2773</x:v>
       </x:c>
       <x:c r="I4" s="3" t="n">
         <x:v>2838</x:v>
       </x:c>
@@ -860,54 +866,57 @@
       </x:c>
       <x:c r="AC4" s="3" t="n">
         <x:v>2932</x:v>
       </x:c>
       <x:c r="AD4" s="3" t="n">
         <x:v>3003</x:v>
       </x:c>
       <x:c r="AE4" s="3" t="n">
         <x:v>3068</x:v>
       </x:c>
       <x:c r="AF4" s="3" t="n">
         <x:v>3096</x:v>
       </x:c>
       <x:c r="AG4" s="3" t="n">
         <x:v>3176</x:v>
       </x:c>
       <x:c r="AH4" s="3" t="n">
         <x:v>3233</x:v>
       </x:c>
       <x:c r="AI4" s="3" t="n">
         <x:v>3241</x:v>
       </x:c>
       <x:c r="AJ4" s="3" t="n">
         <x:v>3231</x:v>
       </x:c>
-    </x:row>
-    <x:row r="5" spans="1:36">
+      <x:c r="AK4" s="3" t="n">
+        <x:v>3248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="5" spans="1:37">
       <x:c r="A5" s="2" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H5" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I5" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
@@ -970,54 +979,57 @@
       </x:c>
       <x:c r="AC5" s="3" t="n">
         <x:v>34</x:v>
       </x:c>
       <x:c r="AD5" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="AE5" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="AF5" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="AG5" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="AH5" s="3" t="n">
         <x:v>26</x:v>
       </x:c>
       <x:c r="AI5" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="AJ5" s="3" t="n">
         <x:v>22</x:v>
       </x:c>
-    </x:row>
-    <x:row r="6" spans="1:36">
+      <x:c r="AK5" s="3" t="n">
+        <x:v>18</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:37">
       <x:c r="A6" s="2" t="s">
-        <x:v>38</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
         <x:v>84</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
         <x:v>94</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H6" s="3" t="n">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I6" s="3" t="n">
         <x:v>124</x:v>
       </x:c>
@@ -1080,54 +1092,57 @@
       </x:c>
       <x:c r="AC6" s="3" t="n">
         <x:v>77</x:v>
       </x:c>
       <x:c r="AD6" s="3" t="n">
         <x:v>74</x:v>
       </x:c>
       <x:c r="AE6" s="3" t="n">
         <x:v>82</x:v>
       </x:c>
       <x:c r="AF6" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="AG6" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="AH6" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="AI6" s="3" t="n">
         <x:v>73</x:v>
       </x:c>
       <x:c r="AJ6" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
-    </x:row>
-    <x:row r="7" spans="1:36">
+      <x:c r="AK6" s="3" t="n">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="7" spans="1:37">
       <x:c r="A7" s="2" t="s">
-        <x:v>39</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
         <x:v>243</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
         <x:v>258</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H7" s="3" t="n">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I7" s="3" t="n">
         <x:v>283</x:v>
       </x:c>
@@ -1190,54 +1205,57 @@
       </x:c>
       <x:c r="AC7" s="3" t="n">
         <x:v>297</x:v>
       </x:c>
       <x:c r="AD7" s="3" t="n">
         <x:v>296</x:v>
       </x:c>
       <x:c r="AE7" s="3" t="n">
         <x:v>304</x:v>
       </x:c>
       <x:c r="AF7" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
       <x:c r="AG7" s="3" t="n">
         <x:v>314</x:v>
       </x:c>
       <x:c r="AH7" s="3" t="n">
         <x:v>299</x:v>
       </x:c>
       <x:c r="AI7" s="3" t="n">
         <x:v>299</x:v>
       </x:c>
       <x:c r="AJ7" s="3" t="n">
         <x:v>306</x:v>
       </x:c>
-    </x:row>
-    <x:row r="8" spans="1:36">
+      <x:c r="AK7" s="3" t="n">
+        <x:v>297</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="8" spans="1:37">
       <x:c r="A8" s="2" t="s">
-        <x:v>40</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F8" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="G8" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H8" s="3" t="n">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I8" s="3" t="n">
         <x:v>58</x:v>
       </x:c>
@@ -1300,54 +1318,57 @@
       </x:c>
       <x:c r="AC8" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="AD8" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="AE8" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="AF8" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="AG8" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="AH8" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="AI8" s="3" t="n">
         <x:v>52</x:v>
       </x:c>
       <x:c r="AJ8" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
-    </x:row>
-    <x:row r="9" spans="1:36">
+      <x:c r="AK8" s="3" t="n">
+        <x:v>53</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="9" spans="1:37">
       <x:c r="A9" s="2" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
         <x:v>50</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="F9" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G9" s="3" t="n">
         <x:v>63</x:v>
       </x:c>
       <x:c r="H9" s="3" t="n">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I9" s="3" t="n">
         <x:v>64</x:v>
       </x:c>
@@ -1410,54 +1431,57 @@
       </x:c>
       <x:c r="AC9" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="AD9" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="AE9" s="3" t="n">
         <x:v>53</x:v>
       </x:c>
       <x:c r="AF9" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
       <x:c r="AG9" s="3" t="n">
         <x:v>54</x:v>
       </x:c>
       <x:c r="AH9" s="3" t="n">
         <x:v>56</x:v>
       </x:c>
       <x:c r="AI9" s="3" t="n">
         <x:v>55</x:v>
       </x:c>
       <x:c r="AJ9" s="3" t="n">
         <x:v>51</x:v>
       </x:c>
-    </x:row>
-    <x:row r="10" spans="1:36">
+      <x:c r="AK9" s="3" t="n">
+        <x:v>47</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="10" spans="1:37">
       <x:c r="A10" s="2" t="s">
-        <x:v>42</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="G10" s="3" t="n">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H10" s="3" t="n">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I10" s="3" t="n">
         <x:v>139</x:v>
       </x:c>
@@ -1520,54 +1544,57 @@
       </x:c>
       <x:c r="AC10" s="3" t="n">
         <x:v>172</x:v>
       </x:c>
       <x:c r="AD10" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AE10" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AF10" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="AG10" s="3" t="n">
         <x:v>180</x:v>
       </x:c>
       <x:c r="AH10" s="3" t="n">
         <x:v>185</x:v>
       </x:c>
       <x:c r="AI10" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="AJ10" s="3" t="n">
         <x:v>166</x:v>
       </x:c>
-    </x:row>
-    <x:row r="11" spans="1:36">
+      <x:c r="AK10" s="3" t="n">
+        <x:v>181</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="11" spans="1:37">
       <x:c r="A11" s="2" t="s">
-        <x:v>43</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>395</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>387</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>410</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>400</x:v>
       </x:c>
       <x:c r="G11" s="3" t="n">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H11" s="3" t="n">
         <x:v>434</x:v>
       </x:c>
       <x:c r="I11" s="3" t="n">
         <x:v>427</x:v>
       </x:c>
@@ -1630,54 +1657,57 @@
       </x:c>
       <x:c r="AC11" s="3" t="n">
         <x:v>624</x:v>
       </x:c>
       <x:c r="AD11" s="3" t="n">
         <x:v>670</x:v>
       </x:c>
       <x:c r="AE11" s="3" t="n">
         <x:v>701</x:v>
       </x:c>
       <x:c r="AF11" s="3" t="n">
         <x:v>689</x:v>
       </x:c>
       <x:c r="AG11" s="3" t="n">
         <x:v>706</x:v>
       </x:c>
       <x:c r="AH11" s="3" t="n">
         <x:v>705</x:v>
       </x:c>
       <x:c r="AI11" s="3" t="n">
         <x:v>708</x:v>
       </x:c>
       <x:c r="AJ11" s="3" t="n">
         <x:v>718</x:v>
       </x:c>
-    </x:row>
-    <x:row r="12" spans="1:36">
+      <x:c r="AK11" s="3" t="n">
+        <x:v>729</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="12" spans="1:37">
       <x:c r="A12" s="2" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H12" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
@@ -1740,54 +1770,57 @@
       </x:c>
       <x:c r="AC12" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="AD12" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="AE12" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="AF12" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="AG12" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="AH12" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="AI12" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="AJ12" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
-    </x:row>
-    <x:row r="13" spans="1:36">
+      <x:c r="AK12" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="13" spans="1:37">
       <x:c r="A13" s="2" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="3" t="n">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H13" s="3" t="n">
         <x:v>27</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>29</x:v>
       </x:c>
@@ -1850,54 +1883,57 @@
       </x:c>
       <x:c r="AC13" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="AD13" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="AE13" s="3" t="n">
         <x:v>16</x:v>
       </x:c>
       <x:c r="AF13" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="AG13" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AH13" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="AI13" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AJ13" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
-    </x:row>
-    <x:row r="14" spans="1:36">
+      <x:c r="AK13" s="3" t="n">
+        <x:v>3</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:37">
       <x:c r="A14" s="2" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>177</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>194</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H14" s="3" t="n">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
@@ -1960,54 +1996,57 @@
       </x:c>
       <x:c r="AC14" s="3" t="n">
         <x:v>232</x:v>
       </x:c>
       <x:c r="AD14" s="3" t="n">
         <x:v>226</x:v>
       </x:c>
       <x:c r="AE14" s="3" t="n">
         <x:v>249</x:v>
       </x:c>
       <x:c r="AF14" s="3" t="n">
         <x:v>255</x:v>
       </x:c>
       <x:c r="AG14" s="3" t="n">
         <x:v>260</x:v>
       </x:c>
       <x:c r="AH14" s="3" t="n">
         <x:v>277</x:v>
       </x:c>
       <x:c r="AI14" s="3" t="n">
         <x:v>285</x:v>
       </x:c>
       <x:c r="AJ14" s="3" t="n">
         <x:v>287</x:v>
       </x:c>
-    </x:row>
-    <x:row r="15" spans="1:36">
+      <x:c r="AK14" s="3" t="n">
+        <x:v>290</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:37">
       <x:c r="A15" s="2" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B15" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H15" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I15" s="3" t="n">
         <x:v>45</x:v>
       </x:c>
@@ -2070,54 +2109,57 @@
       </x:c>
       <x:c r="AC15" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="AD15" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="AE15" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="AF15" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="AG15" s="3" t="n">
         <x:v>38</x:v>
       </x:c>
       <x:c r="AH15" s="3" t="n">
         <x:v>40</x:v>
       </x:c>
       <x:c r="AI15" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
       <x:c r="AJ15" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
-    </x:row>
-    <x:row r="16" spans="1:36">
+      <x:c r="AK15" s="3" t="n">
+        <x:v>31</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:37">
       <x:c r="A16" s="2" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
         <x:v>971</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>952</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>970</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>962</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>972</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
         <x:v>1005</x:v>
       </x:c>
       <x:c r="H16" s="3" t="n">
         <x:v>989</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>1027</x:v>
       </x:c>
@@ -2180,54 +2222,57 @@
       </x:c>
       <x:c r="AC16" s="3" t="n">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="AD16" s="3" t="n">
         <x:v>1019</x:v>
       </x:c>
       <x:c r="AE16" s="3" t="n">
         <x:v>1015</x:v>
       </x:c>
       <x:c r="AF16" s="3" t="n">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="AG16" s="3" t="n">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="AH16" s="3" t="n">
         <x:v>1117</x:v>
       </x:c>
       <x:c r="AI16" s="3" t="n">
         <x:v>1160</x:v>
       </x:c>
       <x:c r="AJ16" s="3" t="n">
         <x:v>1152</x:v>
       </x:c>
-    </x:row>
-    <x:row r="17" spans="1:36">
+      <x:c r="AK16" s="3" t="n">
+        <x:v>1154</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:37">
       <x:c r="A17" s="2" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
         <x:v>183</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="G17" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H17" s="3" t="n">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I17" s="3" t="n">
         <x:v>181</x:v>
       </x:c>
@@ -2290,54 +2335,57 @@
       </x:c>
       <x:c r="AC17" s="3" t="n">
         <x:v>192</x:v>
       </x:c>
       <x:c r="AD17" s="3" t="n">
         <x:v>197</x:v>
       </x:c>
       <x:c r="AE17" s="3" t="n">
         <x:v>191</x:v>
       </x:c>
       <x:c r="AF17" s="3" t="n">
         <x:v>190</x:v>
       </x:c>
       <x:c r="AG17" s="3" t="n">
         <x:v>190</x:v>
       </x:c>
       <x:c r="AH17" s="3" t="n">
         <x:v>216</x:v>
       </x:c>
       <x:c r="AI17" s="3" t="n">
         <x:v>208</x:v>
       </x:c>
       <x:c r="AJ17" s="3" t="n">
         <x:v>205</x:v>
       </x:c>
-    </x:row>
-    <x:row r="18" spans="1:36">
+      <x:c r="AK17" s="3" t="n">
+        <x:v>212</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="18" spans="1:37">
       <x:c r="A18" s="2" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
         <x:v>17</x:v>
       </x:c>
       <x:c r="H18" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I18" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
@@ -2383,71 +2431,74 @@
       <x:c r="W18" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="X18" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="Y18" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="Z18" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AA18" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="AB18" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="AC18" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AD18" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AE18" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="AF18" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="AG18" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="AH18" s="3" t="n">
         <x:v>9</x:v>
       </x:c>
       <x:c r="AI18" s="3" t="n">
         <x:v>12</x:v>
       </x:c>
       <x:c r="AJ18" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
-    </x:row>
-    <x:row r="19" spans="1:36">
+      <x:c r="AK18" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:37">
       <x:c r="A19" s="2" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>87</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
         <x:v>78</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>83</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>104</x:v>
       </x:c>
@@ -2510,54 +2561,57 @@
       </x:c>
       <x:c r="AC19" s="3" t="n">
         <x:v>96</x:v>
       </x:c>
       <x:c r="AD19" s="3" t="n">
         <x:v>100</x:v>
       </x:c>
       <x:c r="AE19" s="3" t="n">
         <x:v>110</x:v>
       </x:c>
       <x:c r="AF19" s="3" t="n">
         <x:v>108</x:v>
       </x:c>
       <x:c r="AG19" s="3" t="n">
         <x:v>107</x:v>
       </x:c>
       <x:c r="AH19" s="3" t="n">
         <x:v>101</x:v>
       </x:c>
       <x:c r="AI19" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="AJ19" s="3" t="n">
         <x:v>93</x:v>
       </x:c>
-    </x:row>
-    <x:row r="20" spans="1:36">
+      <x:c r="AK19" s="3" t="n">
+        <x:v>94</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:37">
       <x:c r="A20" s="2" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
         <x:v>31</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H20" s="3" t="n">
         <x:v>41</x:v>
       </x:c>
       <x:c r="I20" s="3" t="n">
         <x:v>48</x:v>
       </x:c>
@@ -2620,149 +2674,152 @@
       </x:c>
       <x:c r="AC20" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="AD20" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="AE20" s="3" t="n">
         <x:v>39</x:v>
       </x:c>
       <x:c r="AF20" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="AG20" s="3" t="n">
         <x:v>43</x:v>
       </x:c>
       <x:c r="AH20" s="3" t="n">
         <x:v>42</x:v>
       </x:c>
       <x:c r="AI20" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="AJ20" s="3" t="n">
         <x:v>32</x:v>
       </x:c>
-    </x:row>
-    <x:row r="22" spans="1:36">
+      <x:c r="AK20" s="3" t="n">
+        <x:v>36</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="22" spans="1:37">
       <x:c r="A22" s="5" t="s">
-        <x:v>54</x:v>
-[...2 lines deleted...]
-    <x:row r="23" spans="1:36">
+        <x:v>55</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:37">
       <x:c r="A23" s="5" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-    <x:row r="24" spans="1:36">
+        <x:v>56</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="24" spans="1:37">
       <x:c r="A24" s="5" t="s">
-        <x:v>56</x:v>
-[...2 lines deleted...]
-    <x:row r="26" spans="1:36">
+        <x:v>57</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:37">
       <x:c r="A26" s="0" t="s">
-        <x:v>57</x:v>
-[...2 lines deleted...]
-    <x:row r="27" spans="1:36">
+        <x:v>58</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="27" spans="1:37">
       <x:c r="A27" s="0" t="s">
-        <x:v>58</x:v>
-[...2 lines deleted...]
-    <x:row r="29" spans="1:36">
+        <x:v>59</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:37">
       <x:c r="A29" s="0" t="s">
-        <x:v>59</x:v>
-[...2 lines deleted...]
-    <x:row r="30" spans="1:36">
+        <x:v>60</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:37">
       <x:c r="A30" s="0" t="s">
-        <x:v>60</x:v>
-[...2 lines deleted...]
-    <x:row r="32" spans="1:36">
+        <x:v>61</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="32" spans="1:37">
       <x:c r="A32" s="0" t="s">
-        <x:v>61</x:v>
-[...2 lines deleted...]
-    <x:row r="33" spans="1:36">
+        <x:v>62</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:37">
       <x:c r="A33" s="0" t="s">
-        <x:v>62</x:v>
-[...2 lines deleted...]
-    <x:row r="34" spans="1:36">
+        <x:v>63</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:37">
       <x:c r="A34" s="0" t="s">
-        <x:v>63</x:v>
-[...2 lines deleted...]
-    <x:row r="35" spans="1:36">
+        <x:v>64</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:37">
       <x:c r="A35" s="0" t="s">
-        <x:v>64</x:v>
-[...2 lines deleted...]
-    <x:row r="36" spans="1:36">
+        <x:v>65</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:37">
       <x:c r="A36" s="0" t="s">
-        <x:v>65</x:v>
-[...2 lines deleted...]
-    <x:row r="37" spans="1:36">
+        <x:v>66</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:37">
       <x:c r="A37" s="0" t="s">
-        <x:v>66</x:v>
-[...2 lines deleted...]
-    <x:row r="38" spans="1:36">
+        <x:v>67</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:37">
       <x:c r="A38" s="0" t="s">
-        <x:v>67</x:v>
-[...2 lines deleted...]
-    <x:row r="39" spans="1:36">
+        <x:v>68</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:37">
       <x:c r="A39" s="0" t="s">
-        <x:v>68</x:v>
-[...2 lines deleted...]
-    <x:row r="41" spans="1:36">
+        <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:37">
       <x:c r="A41" s="0" t="s">
-        <x:v>69</x:v>
-[...2 lines deleted...]
-    <x:row r="43" spans="1:36">
+        <x:v>70</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:37">
       <x:c r="A43" s="0" t="s">
-        <x:v>70</x:v>
-[...2 lines deleted...]
-    <x:row r="44" spans="1:36">
+        <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:37">
       <x:c r="A44" s="0" t="s">
-        <x:v>71</x:v>
-[...2 lines deleted...]
-    <x:row r="54" spans="1:36">
+        <x:v>72</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:37">
       <x:c r="A54" s="0" t="s">
-        <x:v>72</x:v>
-[...2 lines deleted...]
-    <x:row r="55" spans="1:36">
+        <x:v>73</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:37">
       <x:c r="A55" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT003</vt:lpstr>
       <vt:lpstr>UT003!Print_Area</vt:lpstr>
       <vt:lpstr>UT003!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>