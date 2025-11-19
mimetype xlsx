--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d9a753a413b42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d94fe52d4c614666acfb4942392ce69a.psmdcp" Id="R6020831964b8441e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra479417db57046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a096f66ad75c4f35ba0fb8895141a976.psmdcp" Id="R48946d16a28b4d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>