--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra479417db57046e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a096f66ad75c4f35ba0fb8895141a976.psmdcp" Id="R48946d16a28b4d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra73a7f9cc1064c95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0e54cbfa89884d11a2b37c797a37dccf.psmdcp" Id="Ra89a4473e55440b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>