--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1432fb1c3f34b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/09dc52f5d55d4a6694494c76f00b3c06.psmdcp" Id="Rdf33ab15474f439c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf962b2483787410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4b02735f34e43d2b21bda245e7065f3.psmdcp" Id="R3ed7bc2e7ee64223" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>