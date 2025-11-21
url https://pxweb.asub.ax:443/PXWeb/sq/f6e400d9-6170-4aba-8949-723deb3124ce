--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf962b2483787410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f4b02735f34e43d2b21bda245e7065f3.psmdcp" Id="R3ed7bc2e7ee64223" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb863702702814ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f165e13051e24757a976331c4f270b86.psmdcp" Id="R0b7a172e9854475e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>