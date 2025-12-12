--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb863702702814ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f165e13051e24757a976331c4f270b86.psmdcp" Id="R0b7a172e9854475e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reab38d05299b4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aad7d1c4caca4e7790bf37643998b5dd.psmdcp" Id="R6e804160e7d34e73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>