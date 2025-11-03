--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc29f29b6d6654816" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2320241711745998c4d75ca4e9460ed.psmdcp" Id="R48b351c5e45a4585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7784c8463d401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1d9f2568ce4444082c2dc481cfaef10.psmdcp" Id="Re3b168fa47d84629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Students in schools outside Åland, Total by year, level of education, sex and age group</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>