--- v1 (2025-11-03)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7784c8463d401a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e1d9f2568ce4444082c2dc481cfaef10.psmdcp" Id="Re3b168fa47d84629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566c369e67ef4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52cd75a770584125b7d26403db299973.psmdcp" Id="Rc3e7d7ef573844ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Students in schools outside Åland, Total by year, level of education, sex and age group</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>