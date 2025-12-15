--- v2 (2025-11-27)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R566c369e67ef4d75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/52cd75a770584125b7d26403db299973.psmdcp" Id="Rc3e7d7ef573844ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R816261a9333a43ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eacddea3b2bf4b46bb78638829a2534f.psmdcp" Id="Rccee715f34e74927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
   <x:si>
     <x:t>Students in schools outside Åland, Total by year, level of education, sex and age group</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>