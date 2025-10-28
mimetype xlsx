--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a99cb91b6d24f47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5958e6a4d60f4ebab029b1bbeddd5054.psmdcp" Id="Rca9ccc09982d4bcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b00776d4ba4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e797481a4c114b43b421b7d69479a584.psmdcp" Id="R2f69d236b07f46f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>
     <x:t>Lågstadiet</x:t>
   </x:si>
   <x:si>
     <x:t>Högstadiet</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
     <x:t>1976</x:t>
   </x:si>
   <x:si>
     <x:t>1977</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>
@@ -170,63 +170,66 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Uppgifterna avser läget på hösten aktuellt år.</x:t>
   </x:si>
   <x:si>
     <x:t>Totalen överensstämmer inte alltid med antalet elever i låg- och högstadiet summerat.
 Detta beror på att elever i förberedande undervisning eller grundvux inte alltid är inskrivna i någon särskild årskurs.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241003 08:00</x:t>
+    <x:t>20250925 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490*</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
@@ -614,51 +617,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D86"/>
+  <x:dimension ref="A1:D87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="7.010625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="10.770625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="11.300625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
@@ -1342,133 +1345,147 @@
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>3126</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
         <x:v>3101</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
         <x:v>1041</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="4" t="s">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>3130</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="n">
+        <x:v>2057</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="n">
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-      <x:c r="A58" s="0" t="s">
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="0" t="s">
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-      <x:c r="A64" s="0" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
-    <x:row r="69" spans="1:4">
-      <x:c r="A69" s="0" t="s">
+    <x:row r="68" spans="1:4">
+      <x:c r="A68" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-      <x:c r="A72" s="0" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-      <x:c r="A74" s="0" t="s">
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-      <x:c r="A85" s="0" t="s">
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="0" t="s">
         <x:v>69</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="0" t="s">
+        <x:v>70</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT002</vt:lpstr>
       <vt:lpstr>UT002!Print_Area</vt:lpstr>
       <vt:lpstr>UT002!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>