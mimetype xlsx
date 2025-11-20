--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0b00776d4ba4121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e797481a4c114b43b421b7d69479a584.psmdcp" Id="R2f69d236b07f46f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291baf3259a74e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/600a698dea1f4de7b16129a75c3164b9.psmdcp" Id="Reeeb5d546b35460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>