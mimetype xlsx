--- v2 (2025-11-20)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R291baf3259a74e03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/600a698dea1f4de7b16129a75c3164b9.psmdcp" Id="Reeeb5d546b35460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73a0417520874fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c1ff9d8c6fbb4b6e9800377130bc810d.psmdcp" Id="R3f3934de954c449f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Antal elever i grundskolan efter År och Stadium</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>