--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0d4073ed7404d38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/307fafbdfcb641c59027be70f4e53e8a.psmdcp" Id="R096a25cd0d9e47be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453619c16b83446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e0c862c79324af883a704dcffa39039.psmdcp" Id="Rf1ea9cccfd564ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>
     <x:t>Applications</x:t>
   </x:si>
   <x:si>
     <x:t>Admissions</x:t>
   </x:si>
   <x:si>
     <x:t>Active</x:t>
   </x:si>
   <x:si>
     <x:t>Study places-applications</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/study places</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/admissions</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/active</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands lyceum total</x:t>
   </x:si>
   <x:si>
     <x:t>Matriculation</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands yrkesgymnasium total</x:t>
   </x:si>
   <x:si>
     <x:t>Business economics</x:t>
   </x:si>
   <x:si>
     <x:t>Business economics, adults</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Information- and communic.eng.</x:t>
   </x:si>
   <x:si>
     <x:t>Media, communications</x:t>
   </x:si>
@@ -154,51 +154,51 @@
   <x:si>
     <x:t>Electrical eng., electricity</x:t>
   </x:si>
   <x:si>
     <x:t>Vehicle technology</x:t>
   </x:si>
   <x:si>
     <x:t>Machining</x:t>
   </x:si>
   <x:si>
     <x:t>Plumber</x:t>
   </x:si>
   <x:si>
     <x:t>Seafaring</x:t>
   </x:si>
   <x:si>
     <x:t>The number of applications dosent reflect all of the applications. Only the the first choice applications are included. The number of admissions may therefore be higher than the number of applicants.</x:t>
   </x:si>
   <x:si>
     <x:t>The statistics describe the admission to the autumn semester each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241017 09:00</x:t>
+    <x:t>20251015 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490*</x:t>
   </x:si>
   <x:si>
     <x:t>info@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
@@ -658,214 +658,214 @@
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:10">
       <x:c r="A4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="I4" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="J4" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="B5" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>160</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="F5" s="3" t="n">
-        <x:v>160</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="G5" s="3" t="n">
-        <x:v>-8</x:v>
+        <x:v>-16</x:v>
       </x:c>
       <x:c r="H5" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.1</x:v>
       </x:c>
       <x:c r="I5" s="4" t="n">
-        <x:v>1.08</x:v>
+        <x:v>1.16</x:v>
       </x:c>
       <x:c r="J5" s="4" t="n">
-        <x:v>1.05</x:v>
+        <x:v>1.16</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:10">
       <x:c r="B6" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
-        <x:v>215</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D6" s="3" t="n">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
-        <x:v>205</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F6" s="3" t="n">
-        <x:v>198</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="G6" s="3" t="n">
-        <x:v>-62</x:v>
+        <x:v>-80</x:v>
       </x:c>
       <x:c r="H6" s="4" t="n">
-        <x:v>1.29</x:v>
+        <x:v>1.4</x:v>
       </x:c>
       <x:c r="I6" s="4" t="n">
-        <x:v>1.35</x:v>
+        <x:v>1.48</x:v>
       </x:c>
       <x:c r="J6" s="4" t="n">
-        <x:v>1.4</x:v>
+        <x:v>1.49</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:10">
       <x:c r="B7" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>20</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="F7" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="G7" s="3" t="n">
-        <x:v>-27</x:v>
+        <x:v>-12</x:v>
       </x:c>
       <x:c r="H7" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="I7" s="4" t="n">
-        <x:v>2.35</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="J7" s="4" t="n">
-        <x:v>2.47</x:v>
+        <x:v>1.37</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:10">
       <x:c r="B8" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:10">
       <x:c r="B9" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
-      <x:c r="C9" s="3" t="n">
-[...21 lines deleted...]
-        <x:v>1.13</x:v>
+      <x:c r="C9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I9" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J9" s="5" t="s">
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:10">
       <x:c r="B10" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I10" s="5" t="s">
@@ -890,156 +890,156 @@
       </x:c>
       <x:c r="F11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J11" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:10">
       <x:c r="B12" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="3" t="n">
-        <x:v>-2</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="H12" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="I12" s="4" t="n">
-        <x:v>1.13</x:v>
+        <x:v>0.6</x:v>
       </x:c>
       <x:c r="J12" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:10">
       <x:c r="B13" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J13" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="B14" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
-      <x:c r="C14" s="5" t="s">
-[...21 lines deleted...]
-        <x:v>15</x:v>
+      <x:c r="C14" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D14" s="3" t="n">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="E14" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F14" s="3" t="n">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="G14" s="3" t="n">
+        <x:v>-8</x:v>
+      </x:c>
+      <x:c r="H14" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="I14" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="J14" s="4" t="n">
+        <x:v>1.67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="B15" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="C15" s="3" t="n">
-[...21 lines deleted...]
-        <x:v>0.83</x:v>
+      <x:c r="C15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I15" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J15" s="5" t="s">
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="B16" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H16" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I16" s="5" t="s">
@@ -1093,69 +1093,69 @@
       </x:c>
       <x:c r="F18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J18" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="B19" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>20</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
-        <x:v>-11</x:v>
+        <x:v>-15</x:v>
       </x:c>
       <x:c r="H19" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="I19" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.75</x:v>
       </x:c>
       <x:c r="J19" s="4" t="n">
-        <x:v>1.55</x:v>
+        <x:v>1.75</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:10">
       <x:c r="B20" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="C20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H20" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I20" s="5" t="s">
@@ -1180,127 +1180,127 @@
       </x:c>
       <x:c r="F21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:10">
       <x:c r="B22" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>-6</x:v>
       </x:c>
       <x:c r="H22" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="I22" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="J22" s="4" t="n">
-        <x:v>0.88</x:v>
+        <x:v>1.26</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:10">
       <x:c r="B23" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="C23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J23" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:10">
       <x:c r="B24" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="C24" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D24" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="E24" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="F24" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
-        <x:v>-7</x:v>
+        <x:v>-14</x:v>
       </x:c>
       <x:c r="H24" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="I24" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>3.33</x:v>
       </x:c>
       <x:c r="J24" s="4" t="n">
-        <x:v>2.17</x:v>
+        <x:v>3.33</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:10">
       <x:c r="B25" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H25" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I25" s="5" t="s">
@@ -1322,362 +1322,362 @@
       </x:c>
       <x:c r="E26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:10">
       <x:c r="B27" s="2" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D27" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E27" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
-      <x:c r="D27" s="3" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F27" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G27" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>-1</x:v>
       </x:c>
       <x:c r="H27" s="4" t="n">
-        <x:v>0.67</x:v>
+        <x:v>1.14</x:v>
       </x:c>
       <x:c r="I27" s="4" t="n">
         <x:v>1.33</x:v>
       </x:c>
       <x:c r="J27" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>1.6</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:10">
       <x:c r="B28" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:10">
       <x:c r="B29" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
+        <x:v>10</x:v>
+      </x:c>
+      <x:c r="E29" s="3" t="n">
         <x:v>7</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>6</x:v>
       </x:c>
       <x:c r="F29" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="G29" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>-3</x:v>
       </x:c>
       <x:c r="H29" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="I29" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.43</x:v>
       </x:c>
       <x:c r="J29" s="4" t="n">
-        <x:v>1.17</x:v>
+        <x:v>1.67</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:10">
       <x:c r="B30" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C30" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D30" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E30" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F30" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G30" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="H30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I30" s="4" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="J30" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:10">
       <x:c r="B31" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D31" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="E31" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F31" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="G31" s="3" t="n">
         <x:v>-4</x:v>
       </x:c>
       <x:c r="H31" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="I31" s="4" t="n">
         <x:v>1.29</x:v>
       </x:c>
       <x:c r="J31" s="4" t="n">
-        <x:v>1.5</x:v>
+        <x:v>1.29</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:10">
       <x:c r="B32" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="E32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="F32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J32" s="5" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:10">
       <x:c r="B33" s="2" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="C33" s="3" t="n">
-[...21 lines deleted...]
-        <x:v>1.08</x:v>
+      <x:c r="C33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I33" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J33" s="5" t="s">
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:10">
       <x:c r="B34" s="2" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C34" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="D34" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="E34" s="3" t="n">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F34" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="3" t="n">
-        <x:v>-16</x:v>
+        <x:v>-5</x:v>
       </x:c>
       <x:c r="H34" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="I34" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.36</x:v>
       </x:c>
       <x:c r="J34" s="4" t="n">
-        <x:v>2.14</x:v>
+        <x:v>1.27</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:10">
       <x:c r="B35" s="2" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="C35" s="5" t="s">
-[...21 lines deleted...]
-        <x:v>15</x:v>
+      <x:c r="C35" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="D35" s="3" t="n">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="E35" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="F35" s="3" t="n">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="G35" s="3" t="n">
+        <x:v>-18</x:v>
+      </x:c>
+      <x:c r="H35" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="I35" s="4" t="n">
+        <x:v>2.29</x:v>
+      </x:c>
+      <x:c r="J35" s="4" t="n">
+        <x:v>2.29</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:10">
       <x:c r="B36" s="2" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="C36" s="3" t="n">
-[...21 lines deleted...]
-        <x:v>1.07</x:v>
+      <x:c r="C36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="D36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="E36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="F36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="H36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="I36" s="5" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="J36" s="5" t="s">
+        <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:10">
       <x:c r="B37" s="2" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D37" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="E37" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="F37" s="3" t="n">
-        <x:v>33</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="G37" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="H37" s="4" t="n">
-        <x:v>1.03</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I37" s="4" t="n">
-        <x:v>1.16</x:v>
+        <x:v>1.33</x:v>
       </x:c>
       <x:c r="J37" s="4" t="n">
-        <x:v>1.12</x:v>
+        <x:v>1.38</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:10">
       <x:c r="A39" s="6" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:10">
       <x:c r="A40" s="6" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:10">
       <x:c r="A42" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:10">
       <x:c r="A43" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:10">
       <x:c r="A45" s="0" t="s">
         <x:v>49</x:v>