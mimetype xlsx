--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R453619c16b83446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e0c862c79324af883a704dcffa39039.psmdcp" Id="Rf1ea9cccfd564ddd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf719812108904c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5137de14863246019af80b4560254fd0.psmdcp" Id="R79b92481f87747f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT041" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="61">
   <x:si>
     <x:t>Study places, applications and admissions at upper secondary level in by Year, Program and Information</x:t>
   </x:si>
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>