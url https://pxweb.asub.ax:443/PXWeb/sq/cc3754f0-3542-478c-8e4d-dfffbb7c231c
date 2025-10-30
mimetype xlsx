--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6352fc1bb5ab4a52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1c849eb81b704392bf698580d9f4d42c.psmdcp" Id="Rd8036f7742f44730" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798713ef22154851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43b1bd70f35348b5b474417738af10dd.psmdcp" Id="Rf07e21e8db594430" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Sysselsatta inom sjötransport på Åland efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>