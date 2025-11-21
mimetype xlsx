--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798713ef22154851" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43b1bd70f35348b5b474417738af10dd.psmdcp" Id="Rf07e21e8db594430" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97e441c8b244bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db9b0c32a8164879a63f1beb41a33399.psmdcp" Id="R9e9a3c6747114330" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Sysselsatta inom sjötransport på Åland efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>