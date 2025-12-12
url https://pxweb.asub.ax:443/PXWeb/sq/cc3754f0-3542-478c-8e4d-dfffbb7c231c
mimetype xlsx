--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e97e441c8b244bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/db9b0c32a8164879a63f1beb41a33399.psmdcp" Id="R9e9a3c6747114330" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218b9c61d5c74143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ec572e47db4494e96a1c37f5674e1c1.psmdcp" Id="Rffcb1aa4a4fc496b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Sysselsatta inom sjötransport på Åland efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>