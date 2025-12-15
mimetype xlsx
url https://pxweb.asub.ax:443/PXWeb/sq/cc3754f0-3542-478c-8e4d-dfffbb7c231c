--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218b9c61d5c74143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ec572e47db4494e96a1c37f5674e1c1.psmdcp" Id="Rffcb1aa4a4fc496b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e6f57467c94354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0bc70302dcbd461ca4353598b4e6853d.psmdcp" Id="R6c68c090564f4bd4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="32">
   <x:si>
     <x:t>Sysselsatta inom sjötransport på Åland efter år och kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>