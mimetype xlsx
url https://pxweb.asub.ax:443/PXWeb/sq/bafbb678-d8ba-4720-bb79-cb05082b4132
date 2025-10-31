--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf76aee9161d46a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df92e23b1f7a4b6eb9548bcba7a06b3a.psmdcp" Id="R1c418b58e5664470" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6a8c78d7a845e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6362e308e4f46c8ab610690a4e63aa6.psmdcp" Id="R7a154771d5d844d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Åland</x:t>
   </x:si>
   <x:si>
     <x:t>Finland</x:t>
   </x:si>
   <x:si>
     <x:t>Sweden</x:t>
   </x:si>
   <x:si>
     <x:t>Other</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
@@ -85,60 +85,63 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Country of residence refers to country of residence at the time of admission.</x:t>
   </x:si>
   <x:si>
     <x:t>The data refer to the situation on 20 September of each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241021 09:00</x:t>
+    <x:t>20251022 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB), PB 1187, AX-22111 Mariehamn, +358 18-25490, asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
   <x:si>
     <x:t>Units:</x:t>
   </x:si>
   <x:si>
     <x:t>Persons</x:t>
   </x:si>
   <x:si>
     <x:t>Internal reference code:</x:t>
   </x:si>
@@ -517,51 +520,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:G50"/>
+  <x:dimension ref="A1:G51"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="6.280625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="6.910625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="8.240625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="8.750625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="6.910625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:7">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
@@ -937,113 +940,133 @@
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:7">
       <x:c r="B22" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
         <x:v>46</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="F22" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>0</x:v>
       </x:c>
     </x:row>
-    <x:row r="24" spans="1:7">
-      <x:c r="A24" s="4" t="s">
+    <x:row r="23" spans="1:7">
+      <x:c r="B23" s="2" t="s">
         <x:v>25</x:v>
+      </x:c>
+      <x:c r="C23" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="D23" s="3" t="n">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="E23" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="F23" s="3" t="n">
+        <x:v>0</x:v>
+      </x:c>
+      <x:c r="G23" s="3" t="n">
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:7">
       <x:c r="A25" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
-    <x:row r="27" spans="1:7">
-      <x:c r="A27" s="0" t="s">
+    <x:row r="26" spans="1:7">
+      <x:c r="A26" s="4" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:7">
       <x:c r="A28" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
-    <x:row r="30" spans="1:7">
-      <x:c r="A30" s="0" t="s">
+    <x:row r="29" spans="1:7">
+      <x:c r="A29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:7">
       <x:c r="A31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
     </x:row>
-    <x:row r="33" spans="1:7">
-      <x:c r="A33" s="0" t="s">
+    <x:row r="32" spans="1:7">
+      <x:c r="A32" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:7">
       <x:c r="A34" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
-    <x:row r="36" spans="1:7">
-      <x:c r="A36" s="0" t="s">
+    <x:row r="35" spans="1:7">
+      <x:c r="A35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
-    <x:row r="38" spans="1:7">
-      <x:c r="A38" s="0" t="s">
+    <x:row r="37" spans="1:7">
+      <x:c r="A37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:7">
       <x:c r="A39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
-    <x:row r="49" spans="1:7">
-      <x:c r="A49" s="0" t="s">
+    <x:row r="40" spans="1:7">
+      <x:c r="A40" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:7">
       <x:c r="A50" s="0" t="s">
         <x:v>37</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:7">
+      <x:c r="A51" s="0" t="s">
+        <x:v>38</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT056</vt:lpstr>
       <vt:lpstr>UT056!Print_Area</vt:lpstr>
       <vt:lpstr>UT056!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>