--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b6a8c78d7a845e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6362e308e4f46c8ab610690a4e63aa6.psmdcp" Id="R7a154771d5d844d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rccbe3eafc94442f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9cef24bd79446d58310452b9af65f07.psmdcp" Id="Rbd50e48c5f0f447f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT056" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Sex, Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>