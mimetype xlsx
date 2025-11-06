--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2a14ff17464c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3d67cac089bc44919a55d94bf6db5ba2.psmdcp" Id="Rfb6f0816cdde4a7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R423a43e6f23842d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9985f8b4253d4786a09bc6f4edb7b857.psmdcp" Id="Rdb5dd7a0d745483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>