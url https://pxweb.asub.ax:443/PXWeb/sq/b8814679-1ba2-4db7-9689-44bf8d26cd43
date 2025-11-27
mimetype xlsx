--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R423a43e6f23842d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9985f8b4253d4786a09bc6f4edb7b857.psmdcp" Id="Rdb5dd7a0d745483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11516570386e416d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdd257d3c63a44599d262fea758b46b9.psmdcp" Id="R2b2f86e30c8c4e04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="29">
   <x:si>
     <x:t>Antal årsverken inom barnomsorgen, Hela Åland efter År, Typ av uppgift och Kön</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>