--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6014f1ae592a46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9219e8717983458e832d6b46dd8923bc.psmdcp" Id="Ra76af56d29f34401" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0daa48dcd6f480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2540603c059845348924b0b60796667d.psmdcp" Id="Rfae9f4d7ad044cfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>