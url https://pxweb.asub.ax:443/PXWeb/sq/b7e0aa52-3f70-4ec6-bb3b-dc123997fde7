--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0daa48dcd6f480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2540603c059845348924b0b60796667d.psmdcp" Id="Rfae9f4d7ad044cfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c4b1d0b33346b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35751485a579477a9d33fe430f49221d.psmdcp" Id="Rfd2a35f3d7d548f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>