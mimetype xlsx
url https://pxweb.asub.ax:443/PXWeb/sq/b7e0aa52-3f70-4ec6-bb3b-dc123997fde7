--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c4b1d0b33346b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35751485a579477a9d33fe430f49221d.psmdcp" Id="Rfd2a35f3d7d548f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370f80fb6b2e4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/678325e5b82c44bfaf6a6370aaca7ab3.psmdcp" Id="R1d9eb116e2744459" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Index for tanker freight rates on routes between NW European ports (Worldscale, Aframax tankers; 70,000100,000 dwt) 2008-2023 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>