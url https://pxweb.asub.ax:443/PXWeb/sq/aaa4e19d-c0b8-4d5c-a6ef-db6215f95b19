--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf562434c184b43fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d4abd38e57204a64a4147c04e4e09964.psmdcp" Id="R55d71e59d3fc4fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc715b8edae040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e754013636a4d389d92b4c33aaff27d.psmdcp" Id="R7a3f4c5a06f74ce7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>
     <x:t>Females</x:t>
   </x:si>
   <x:si>
     <x:t>Males</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands folkhögskola total</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>General course</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Guide</x:t>
   </x:si>
   <x:si>
     <x:t>Primary school for adults</x:t>
   </x:si>
   <x:si>
     <x:t>Photographing</x:t>
   </x:si>
   <x:si>
     <x:t>Outdoor guide</x:t>
   </x:si>
   <x:si>
     <x:t>Craft</x:t>
   </x:si>
   <x:si>
     <x:t>Sports</x:t>
   </x:si>
@@ -98,51 +98,51 @@
     <x:t>Nordic arts</x:t>
   </x:si>
   <x:si>
     <x:t>Creative, vocational program</x:t>
   </x:si>
   <x:si>
     <x:t>Creative activities</x:t>
   </x:si>
   <x:si>
     <x:t>Wilderness and photo</x:t>
   </x:si>
   <x:si>
     <x:t>Pre. education for emergency services</x:t>
   </x:si>
   <x:si>
     <x:t>The value dot (.) means that an education is not conducted a certain year.</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">The data refer to the situation on 20 September of each year.
 </x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241021 09:00</x:t>
+    <x:t>20251022 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Statistics and Research Åland (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">+358 18-25490 </x:t>
   </x:si>
@@ -577,108 +577,108 @@
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="C3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>25</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>21</x:v>
+        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B5" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C5" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D5" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B6" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C6" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D6" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B7" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B8" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C8" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D8" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E8" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B9" s="2" t="s">
         <x:v>5</x:v>
@@ -849,108 +849,108 @@
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C19" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D19" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E19" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
+        <x:v>8</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
         <x:v>12</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C21" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D21" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E21" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B22" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="C22" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="D22" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E22" s="4" t="s">
         <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B23" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
-      <x:c r="C23" s="3" t="n">
-[...6 lines deleted...]
-        <x:v>0</x:v>
+      <x:c r="C23" s="4" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="D23" s="4" t="s">
+        <x:v>7</x:v>
+      </x:c>
+      <x:c r="E23" s="4" t="s">
+        <x:v>7</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="5" t="s">
         <x:v>26</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="5" t="s">
         <x:v>27</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="s">
         <x:v>30</x:v>