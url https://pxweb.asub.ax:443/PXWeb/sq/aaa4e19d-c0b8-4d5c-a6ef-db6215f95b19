--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc715b8edae040c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e754013636a4d389d92b4c33aaff27d.psmdcp" Id="R7a3f4c5a06f74ce7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fba25fbe9ad4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b09c733c5a954f888b547e6de3770cd9.psmdcp" Id="Re6a36f2bf1f44a82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT055" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="44">
   <x:si>
     <x:t>Students at Ålands folkhögskola by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>