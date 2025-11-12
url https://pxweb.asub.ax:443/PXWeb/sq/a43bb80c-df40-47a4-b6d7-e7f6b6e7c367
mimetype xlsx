--- v0 (2025-10-08)
+++ v1 (2025-11-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec118b1aac044ac9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3ceca55ae9ef474fad921f7d0deaa398.psmdcp" Id="R7de2cb3fa7724742" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8810c883fd413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/178ed04f4ff34155936407744203a3fe.psmdcp" Id="R1f48c82b98ee496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Crime and their clearance, Offences reported to the authorities by Year and Offence</x:t>
   </x:si>
   <x:si>
     <x:t>Total number of offences</x:t>
   </x:si>
   <x:si>