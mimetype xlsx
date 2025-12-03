--- v1 (2025-11-12)
+++ v2 (2025-12-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d8810c883fd413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/178ed04f4ff34155936407744203a3fe.psmdcp" Id="R1f48c82b98ee496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0262af17b34229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0ddb38d33484f72b93c00b9e254c9a2.psmdcp" Id="Re71dbc0801064c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Crime and their clearance, Offences reported to the authorities by Year and Offence</x:t>
   </x:si>
   <x:si>
     <x:t>Total number of offences</x:t>
   </x:si>
   <x:si>