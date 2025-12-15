--- v2 (2025-12-03)
+++ v3 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0262af17b34229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0ddb38d33484f72b93c00b9e254c9a2.psmdcp" Id="Re71dbc0801064c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c5914d87fa40a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26b2a8885d0a428fa014a42faaa7d9ee.psmdcp" Id="R73fd3ea520d64ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="70">
   <x:si>
     <x:t>Crime and their clearance, Offences reported to the authorities by Year and Offence</x:t>
   </x:si>
   <x:si>
     <x:t>Total number of offences</x:t>
   </x:si>
   <x:si>