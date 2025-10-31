--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9538d33fb0e3486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec9dccdbdc4a4c8cb7a26fe28fab702a.psmdcp" Id="R82695ce5de914e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae1b63542864b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcb5ac5dbd264a3ca40d958618937cf6.psmdcp" Id="R68dbe234d77c4354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>