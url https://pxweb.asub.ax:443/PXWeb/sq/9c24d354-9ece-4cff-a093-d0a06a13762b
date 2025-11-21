--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ae1b63542864b6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bcb5ac5dbd264a3ca40d958618937cf6.psmdcp" Id="R68dbe234d77c4354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0765c8d270a46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d03b0e8c66cb46a69ad629b46f4f3b62.psmdcp" Id="Rde9d8c5039ca40bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>