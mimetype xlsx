--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0765c8d270a46ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d03b0e8c66cb46a69ad629b46f4f3b62.psmdcp" Id="Rde9d8c5039ca40bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9437b29d31a4613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee46eb7da163410493470830572e5864.psmdcp" Id="R70cd4d2f8a1b4da3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Price of low sulphur marine diesel (LSMGO) at port of Rotterdam 2014-2024 (USD/ton) by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>