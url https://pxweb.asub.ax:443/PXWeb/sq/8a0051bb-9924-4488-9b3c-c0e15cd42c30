--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,58 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16a2cc3144543c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/11be9f08e1cf4a2991e6993286567d81.psmdcp" Id="Re76a58386153458e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42328ef51bd747f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a226fc6e99b84197bc8e0aa255548c7b.psmdcp" Id="R17fa69edf7294636" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="72">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Primary education</x:t>
   </x:si>
   <x:si>
     <x:t>Lower secondary education</x:t>
   </x:si>
   <x:si>
     <x:t>1975</x:t>
   </x:si>
   <x:si>
     <x:t>1976</x:t>
   </x:si>
   <x:si>
     <x:t>1977</x:t>
   </x:si>
   <x:si>
     <x:t>1978</x:t>
   </x:si>
   <x:si>
@@ -170,63 +170,66 @@
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>The data refer to the situation in autumn of each year.</x:t>
   </x:si>
   <x:si>
     <x:t>The total does not always correspond to the total number of students in levels primary education and lower secondary education.
 This is because students in preparatory education or comprenhensive school for adults are not always enrolled in any particular grade.</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241003 08:00</x:t>
+    <x:t>20250925 08:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Statistics and Research Åland (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve"> </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490* </x:t>
   </x:si>
@@ -620,51 +623,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:D86"/>
+  <x:dimension ref="A1:D87"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.280625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="17.870625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="25.780625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:4">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:4">
       <x:c r="B3" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C3" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>3</x:v>
@@ -1348,138 +1351,152 @@
       </x:c>
       <x:c r="B52" s="3" t="n">
         <x:v>3126</x:v>
       </x:c>
       <x:c r="C52" s="3" t="n">
         <x:v>2078</x:v>
       </x:c>
       <x:c r="D52" s="3" t="n">
         <x:v>1046</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:4">
       <x:c r="A53" s="2" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B53" s="3" t="n">
         <x:v>3101</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>2058</x:v>
       </x:c>
       <x:c r="D53" s="3" t="n">
         <x:v>1041</x:v>
       </x:c>
     </x:row>
-    <x:row r="55" spans="1:4">
-      <x:c r="A55" s="4" t="s">
+    <x:row r="54" spans="1:4">
+      <x:c r="A54" s="2" t="s">
         <x:v>54</x:v>
+      </x:c>
+      <x:c r="B54" s="3" t="n">
+        <x:v>3130</x:v>
+      </x:c>
+      <x:c r="C54" s="3" t="n">
+        <x:v>2057</x:v>
+      </x:c>
+      <x:c r="D54" s="3" t="n">
+        <x:v>1073</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:4">
       <x:c r="A56" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
-    <x:row r="58" spans="1:4">
-      <x:c r="A58" s="0" t="s">
+    <x:row r="57" spans="1:4">
+      <x:c r="A57" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:4">
       <x:c r="A59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
-    <x:row r="61" spans="1:4">
-      <x:c r="A61" s="0" t="s">
+    <x:row r="60" spans="1:4">
+      <x:c r="A60" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:4">
       <x:c r="A62" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
-    <x:row r="64" spans="1:4">
-      <x:c r="A64" s="0" t="s">
+    <x:row r="63" spans="1:4">
+      <x:c r="A63" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:4">
       <x:c r="A65" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:4">
       <x:c r="A66" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:4">
       <x:c r="A67" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:4">
       <x:c r="A68" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:4">
       <x:c r="A69" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:4">
       <x:c r="A70" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
-    <x:row r="72" spans="1:4">
-      <x:c r="A72" s="0" t="s">
+    <x:row r="71" spans="1:4">
+      <x:c r="A71" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
-    <x:row r="74" spans="1:4">
-      <x:c r="A74" s="0" t="s">
+    <x:row r="73" spans="1:4">
+      <x:c r="A73" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:4">
       <x:c r="A75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
-    <x:row r="85" spans="1:4">
-      <x:c r="A85" s="0" t="s">
+    <x:row r="76" spans="1:4">
+      <x:c r="A76" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:4">
       <x:c r="A86" s="0" t="s">
         <x:v>71</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="87" spans="1:4">
+      <x:c r="A87" s="0" t="s">
+        <x:v>72</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>UT002</vt:lpstr>
       <vt:lpstr>UT002!Print_Area</vt:lpstr>
       <vt:lpstr>UT002!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>