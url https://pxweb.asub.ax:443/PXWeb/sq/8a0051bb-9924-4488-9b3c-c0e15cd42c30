--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42328ef51bd747f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a226fc6e99b84197bc8e0aa255548c7b.psmdcp" Id="R17fa69edf7294636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41edb725907f44eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a814b10fac6e45649404b7f5909f8d6d.psmdcp" Id="Rc8d5732b153c4a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>