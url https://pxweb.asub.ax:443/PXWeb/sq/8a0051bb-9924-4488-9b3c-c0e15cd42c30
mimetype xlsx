--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41edb725907f44eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a814b10fac6e45649404b7f5909f8d6d.psmdcp" Id="Rc8d5732b153c4a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc78b9480f924efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9500ada4a3f84942a4e676fa45904f93.psmdcp" Id="R7065c58f5a8b44e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT002" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="73">
   <x:si>
     <x:t>Number of pupils in comprehensive school by Year and Level of education</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>