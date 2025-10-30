--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb463c457591403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6dff11f985a941c280ab4492045cbb6f.psmdcp" Id="Ra8e32b93be7845bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052b029d682f48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7f927a596284f2baa274b4955698e93.psmdcp" Id="Rf90625cf21f84b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>