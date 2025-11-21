--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R052b029d682f48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b7f927a596284f2baa274b4955698e93.psmdcp" Id="Rf90625cf21f84b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c28a4bba4b64294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06fcd2ae7627461c856cc3ba3a916a8b.psmdcp" Id="R6641cd0c25e54c4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>