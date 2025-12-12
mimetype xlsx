--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c28a4bba4b64294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06fcd2ae7627461c856cc3ba3a916a8b.psmdcp" Id="R6641cd0c25e54c4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbf002788ec4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a78883010e6c4e429661ef57510ad04f.psmdcp" Id="R445209c35a494fbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>