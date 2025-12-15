--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabbf002788ec4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a78883010e6c4e429661ef57510ad04f.psmdcp" Id="R445209c35a494fbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ac806d17e94491a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/784a5dc7dc2b4dc78c1b8410c8656cc5.psmdcp" Id="R44e5fd53cbe847fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>Resande till och från utlandet på åländska hamnar 1999-2024, efter hamn</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>