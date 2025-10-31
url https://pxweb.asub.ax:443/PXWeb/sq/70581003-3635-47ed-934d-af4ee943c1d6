--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc805b725e6d4fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/746d966e472a458d8545c02f5fffa3cf.psmdcp" Id="Rd68d982cf02f43c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153598912883458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fc429403e0c4550b28b6e0dc22fabe9.psmdcp" Id="Refcb9e5172a04985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>