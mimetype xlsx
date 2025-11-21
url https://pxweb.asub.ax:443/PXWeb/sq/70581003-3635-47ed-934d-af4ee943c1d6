--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R153598912883458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4fc429403e0c4550b28b6e0dc22fabe9.psmdcp" Id="Refcb9e5172a04985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464dd7f7dd7c4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f6fc90715984b6a9e2062a5791ed574.psmdcp" Id="Rdb1b1853c36d4842" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>