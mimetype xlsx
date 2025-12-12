--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464dd7f7dd7c4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9f6fc90715984b6a9e2062a5791ed574.psmdcp" Id="Rdb1b1853c36d4842" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3aff3a339c4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b31fdc48dc934b69a837a88af21cde55.psmdcp" Id="R2061b63e38064d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>