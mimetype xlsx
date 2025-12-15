--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3aff3a339c4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b31fdc48dc934b69a837a88af21cde55.psmdcp" Id="R2061b63e38064d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c3e4cf3b8340df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/17ac4eb9bc73489ca6f96e4677cdcf2b.psmdcp" Id="Rf841c7cd93bc4b3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ005" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Employment in sea transport enterprise by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>