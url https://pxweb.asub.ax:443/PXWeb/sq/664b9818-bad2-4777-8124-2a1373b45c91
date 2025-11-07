--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,87 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d211177ce64354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5f1080d9c1a947ad9881c346323d9b90.psmdcp" Id="R34cad7e6166c4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872246d11ba3465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41ad82050dfe447385e0c9a0310f3cf8.psmdcp" Id="Ra514e0ce9c514c1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>
     <x:t>Sökande</x:t>
   </x:si>
   <x:si>
     <x:t>Antagna</x:t>
   </x:si>
   <x:si>
     <x:t>Aktiva</x:t>
   </x:si>
   <x:si>
     <x:t>Platser-sökande</x:t>
   </x:si>
   <x:si>
     <x:t>Sökande/plats</x:t>
   </x:si>
   <x:si>
     <x:t>Sökande/antagna</x:t>
   </x:si>
   <x:si>
     <x:t>Sökande/aktiva</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt, Ålands folkhögskola</x:t>
   </x:si>
   <x:si>
     <x:t>Idrottslinje</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Medialinje</x:t>
   </x:si>
   <x:si>
     <x:t>Musik</x:t>
   </x:si>
   <x:si>
     <x:t>Skapande verksamhet</x:t>
   </x:si>
   <x:si>
     <x:t>Konst och hantverk</x:t>
   </x:si>
   <x:si>
     <x:t>Foto</x:t>
   </x:si>
@@ -118,51 +118,51 @@
   <x:si>
     <x:t>Utveckla din svenska</x:t>
   </x:si>
   <x:si>
     <x:t>Måbra!-linjen</x:t>
   </x:si>
   <x:si>
     <x:t>Hållbar naturturism</x:t>
   </x:si>
   <x:si>
     <x:t>Friluftsliv och skärgård</x:t>
   </x:si>
   <x:si>
     <x:t>Förberedande blåljusutbildning</x:t>
   </x:si>
   <x:si>
     <x:t>Antal sökande till NYAlinjen avser inte det totala antalet sökande utan endast de som har utbildningen som sitt första val. Antal antagna kan därför överstiga antalet sökande.</x:t>
   </x:si>
   <x:si>
     <x:t>Statistiken beskriver antagningen till höstterminen respektive år.</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241021 09:00</x:t>
+    <x:t>20251022 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>018-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
@@ -619,72 +619,72 @@
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:10">
       <x:c r="A4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="I4" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="J4" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="B5" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I5" s="5" t="s">
@@ -912,185 +912,185 @@
       </x:c>
       <x:c r="F13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="J13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="B14" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="B15" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I15" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="B16" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>2</x:v>
-[...5 lines deleted...]
-        <x:v>1.33</x:v>
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="I16" s="5" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="J16" s="5" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="B17" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="J17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="B18" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="B19" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I19" s="5" t="s">