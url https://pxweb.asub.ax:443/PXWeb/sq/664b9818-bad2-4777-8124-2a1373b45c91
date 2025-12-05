--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R872246d11ba3465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/41ad82050dfe447385e0c9a0310f3cf8.psmdcp" Id="Ra514e0ce9c514c1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9321c28c997e4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0553b401add4400695e1533137caae0a.psmdcp" Id="R6240a4c5a9384427" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="49">
   <x:si>
     <x:t>Platser, sökande och antagna vid Ålands folkhögskola efter År, Utbildning och Typ av uppgift</x:t>
   </x:si>
   <x:si>
     <x:t>Platser</x:t>
   </x:si>
   <x:si>