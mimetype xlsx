--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdf53a2faa241f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6caf1fe7807e43c7a054cabc513737f1.psmdcp" Id="R4f2d1307d31144c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59717000c0f4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8306614cab8143ed9db53d5f7361053d.psmdcp" Id="R166d4e89953b4001" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>
@@ -64,51 +64,51 @@
   <x:si>
     <x:t>Study places</x:t>
   </x:si>
   <x:si>
     <x:t>Appllications</x:t>
   </x:si>
   <x:si>
     <x:t>Admissions</x:t>
   </x:si>
   <x:si>
     <x:t>Active</x:t>
   </x:si>
   <x:si>
     <x:t>Study places-applications</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/study places</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/admissions</x:t>
   </x:si>
   <x:si>
     <x:t>Applications/active</x:t>
   </x:si>
   <x:si>
-    <x:t>2024</x:t>
+    <x:t>2025</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>
     <x:t>Sports</x:t>
   </x:si>
   <x:si>
     <x:t>.</x:t>
   </x:si>
   <x:si>
     <x:t>Media</x:t>
   </x:si>
   <x:si>
     <x:t>Music</x:t>
   </x:si>
   <x:si>
     <x:t>Creative activities</x:t>
   </x:si>
   <x:si>
     <x:t>Art and craft</x:t>
   </x:si>
   <x:si>
     <x:t>Photo</x:t>
   </x:si>
@@ -154,51 +154,51 @@
   <x:si>
     <x:t>Outdoor life and the archipelago</x:t>
   </x:si>
   <x:si>
     <x:t>Preperatory education for emergency services</x:t>
   </x:si>
   <x:si>
     <x:t>The number of applications to NYAlinjen dosent reflect all of the applications. Only the the first choice applications are included. The number of admissions may therefore be higher than the number of applicants.</x:t>
   </x:si>
   <x:si>
     <x:t>The statistics describe the admission to the autumn semester each year.</x:t>
   </x:si>
   <x:si>
     <x:t>Program:</x:t>
   </x:si>
   <x:si>
     <x:t>Wilderness and photo, adults:</x:t>
   </x:si>
   <x:si>
     <x:t>Up to 2016, the name of this program was nature photo.</x:t>
   </x:si>
   <x:si>
     <x:t>Latest update:</x:t>
   </x:si>
   <x:si>
-    <x:t>20241021 09:00</x:t>
+    <x:t>20251022 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Source:</x:t>
   </x:si>
   <x:si>
     <x:t>Statistics and Research Åland (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Contact:</x:t>
   </x:si>
   <x:si>
     <x:t>PB 1187</x:t>
   </x:si>
   <x:si>
     <x:t>AX-22111 Mariehamn</x:t>
   </x:si>
   <x:si>
     <x:t>+358 18-25490</x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
   <x:si>
     <x:t>Copyright</x:t>
   </x:si>
@@ -657,72 +657,72 @@
       </x:c>
       <x:c r="F3" s="2" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="G3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="H3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
       <x:c r="I3" s="2" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="J3" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:10">
       <x:c r="A4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="C4" s="3" t="n">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="D4" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E4" s="3" t="n">
-        <x:v>41</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F4" s="3" t="n">
-        <x:v>46</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="G4" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H4" s="4" t="n">
-        <x:v>0.76</x:v>
+        <x:v>0.52</x:v>
       </x:c>
       <x:c r="I4" s="4" t="n">
-        <x:v>0.93</x:v>
+        <x:v>0.79</x:v>
       </x:c>
       <x:c r="J4" s="4" t="n">
-        <x:v>0.83</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:10">
       <x:c r="B5" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H5" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I5" s="5" t="s">
@@ -950,185 +950,185 @@
       </x:c>
       <x:c r="F13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="J13" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:10">
       <x:c r="B14" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
-        <x:v>10</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G14" s="3" t="n">
-        <x:v>-1</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>0.7</x:v>
       </x:c>
       <x:c r="I14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J14" s="4" t="n">
-        <x:v>1.1</x:v>
+        <x:v>1.17</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:10">
       <x:c r="B15" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>6</x:v>
       </x:c>
       <x:c r="D15" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E15" s="3" t="n">
-        <x:v>4</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="F15" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="G15" s="3" t="n">
-        <x:v>0</x:v>
+        <x:v>-4</x:v>
       </x:c>
       <x:c r="H15" s="4" t="n">
+        <x:v>1.67</x:v>
+      </x:c>
+      <x:c r="I15" s="4" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I15" s="4" t="n">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J15" s="4" t="n">
-        <x:v>3</x:v>
+        <x:v>1.25</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:10">
       <x:c r="B16" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>4</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
-        <x:v>6</x:v>
+        <x:v>0</x:v>
       </x:c>
       <x:c r="G16" s="3" t="n">
-        <x:v>-4</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="H16" s="4" t="n">
-        <x:v>2</x:v>
-[...5 lines deleted...]
-        <x:v>1.33</x:v>
+        <x:v>0.25</x:v>
+      </x:c>
+      <x:c r="I16" s="5" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="J16" s="5" t="s">
+        <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:10">
       <x:c r="B17" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="J17" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:10">
       <x:c r="B18" s="2" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>13</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="G18" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H18" s="4" t="n">
-        <x:v>0.43</x:v>
+        <x:v>0.28</x:v>
       </x:c>
       <x:c r="I18" s="4" t="n">
-        <x:v>0.68</x:v>
+        <x:v>0.53</x:v>
       </x:c>
       <x:c r="J18" s="4" t="n">
-        <x:v>0.46</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:10">
       <x:c r="B19" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="C19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="E19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="G19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="H19" s="5" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="I19" s="5" t="s">