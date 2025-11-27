--- v1 (2025-10-31)
+++ v2 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf59717000c0f4416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8306614cab8143ed9db53d5f7361053d.psmdcp" Id="R166d4e89953b4001" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a000366c824a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee42753f93c142cda645f7171a93023f.psmdcp" Id="Rd6fd09afce7b4033" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>