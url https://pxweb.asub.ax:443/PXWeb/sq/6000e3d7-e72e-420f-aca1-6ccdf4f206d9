--- v2 (2025-11-27)
+++ v3 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a000366c824a57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee42753f93c142cda645f7171a93023f.psmdcp" Id="Rd6fd09afce7b4033" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d222dfb02394e86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/59eaf34c00ea424988267491d994fb07.psmdcp" Id="Rb2de6962c9a64f69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT043" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B17" authorId="0">
       <x:text>
         <x:r>