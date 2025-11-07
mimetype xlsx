--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8eeab4f81ed42ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2af9b79eb06247469a8660a9a8c2db77.psmdcp" Id="R1d146596725140cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f7149e92d04e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/523045c85d5347c49bb5d1cbe52dd4e6.psmdcp" Id="R222d9403f08744bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>