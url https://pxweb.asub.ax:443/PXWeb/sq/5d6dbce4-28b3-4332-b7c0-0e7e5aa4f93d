--- v1 (2025-11-07)
+++ v2 (2025-12-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f7149e92d04e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/523045c85d5347c49bb5d1cbe52dd4e6.psmdcp" Id="R222d9403f08744bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09a1e6be95c24f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c03193a5ffa54dcc9eca05da7bd5e7d1.psmdcp" Id="R92f0f518e720475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Andel grundskoleelever som läser frivilliga språk efter År, Språk, Kön och Årskurs</x:t>
   </x:si>
   <x:si>
     <x:t>Åk 1</x:t>
   </x:si>
   <x:si>