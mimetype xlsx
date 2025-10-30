--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R174cee7a51634a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f8d929a4d79b41aeb4a0743871ff1e44.psmdcp" Id="R5b34d45957664ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca0a59a607a4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/633eadab86c94109a8e749f3ed827639.psmdcp" Id="Rd06cc195a80b4169" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Utrikes sjötransporter efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>