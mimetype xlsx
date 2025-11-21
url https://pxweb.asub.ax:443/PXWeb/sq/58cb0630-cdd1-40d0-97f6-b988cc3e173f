--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ca0a59a607a4fe9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/633eadab86c94109a8e749f3ed827639.psmdcp" Id="Rd06cc195a80b4169" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bcb9b88631141f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/676b9af40bee43fa80efddc711f7c0ac.psmdcp" Id="R012fb2f9416649c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Utrikes sjötransporter efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>