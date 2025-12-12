--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bcb9b88631141f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/676b9af40bee43fa80efddc711f7c0ac.psmdcp" Id="R012fb2f9416649c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee5838c34104b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65c7696c0f4844309266a6e1607c9e42.psmdcp" Id="R6019f160e3ac497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Utrikes sjötransporter efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>