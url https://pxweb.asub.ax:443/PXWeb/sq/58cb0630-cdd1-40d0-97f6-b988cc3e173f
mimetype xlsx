--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ee5838c34104b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/65c7696c0f4844309266a6e1607c9e42.psmdcp" Id="R6019f160e3ac497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra52a6df8b2b748a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cd6fc7dd5b6e4b119dc3f84b6cbd54b2.psmdcp" Id="R70cb808450a44365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ022" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Utrikes sjötransporter efter riktning, varuslag och år</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>