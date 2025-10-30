--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52748796a437483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b2e0f00f0e694b89b43a9552c2482484.psmdcp" Id="R23436975fc0c430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff3c8e94de44d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec9a5b7bb0a24a5889eaba5c608ba95c.psmdcp" Id="Re373964b526e40d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>