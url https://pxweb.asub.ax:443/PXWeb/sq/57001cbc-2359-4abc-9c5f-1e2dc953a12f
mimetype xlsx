--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ff3c8e94de44d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ec9a5b7bb0a24a5889eaba5c608ba95c.psmdcp" Id="Re373964b526e40d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd4960eac494519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5450935a50d47e0a30ba6017d03719a.psmdcp" Id="R595f08dde6bf45e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>