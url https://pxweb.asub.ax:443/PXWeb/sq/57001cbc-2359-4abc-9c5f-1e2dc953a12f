--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5cd4960eac494519" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b5450935a50d47e0a30ba6017d03719a.psmdcp" Id="R595f08dde6bf45e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef93edb6bad4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6531027bd1d4b80bc0efdaa8eecf21d.psmdcp" Id="R64b490d71ebd4772" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>