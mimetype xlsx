--- v3 (2025-12-12)
+++ v4 (2025-12-15)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ef93edb6bad4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c6531027bd1d4b80bc0efdaa8eecf21d.psmdcp" Id="R64b490d71ebd4772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebde43c8df844ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa89525ffd5a4a31a603a0d6a84d6026.psmdcp" Id="R0e7efefa46c448c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ101" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="41">
   <x:si>
     <x:t>Priset på lågsvavlig marindiesel (LSMGO) i Rotterdam 2014-2024 (USD/ton), efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>