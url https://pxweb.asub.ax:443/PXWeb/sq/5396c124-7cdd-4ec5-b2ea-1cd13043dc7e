--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3f669bde4c94422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/eae1a75810a947e7a9d41a1c4c55deec.psmdcp" Id="Ra752c73340214d5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4e52a2e9234594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4861503298548a08d6eb4df0104a90d.psmdcp" Id="R6c41c62129aa4b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>