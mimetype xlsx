--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad4e52a2e9234594" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4861503298548a08d6eb4df0104a90d.psmdcp" Id="R6c41c62129aa4b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9238319d497c4ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bba043d93e44c47a0a8ae8b25a19993.psmdcp" Id="R530f2b63f40940f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>