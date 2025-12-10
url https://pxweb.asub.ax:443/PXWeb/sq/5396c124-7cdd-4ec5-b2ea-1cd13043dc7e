--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9238319d497c4ca2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1bba043d93e44c47a0a8ae8b25a19993.psmdcp" Id="R530f2b63f40940f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d552b57d764436" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f294cc0061a45a1bf809ca57f394245.psmdcp" Id="R47fe3b1e7b604bbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="RV001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="71">
   <x:si>
     <x:t>Brott och deras uppklarning, Brott som kommit till myndigh. kännedom efter Typ av brott och År</x:t>
   </x:si>
   <x:si>
     <x:t>1980</x:t>
   </x:si>
   <x:si>