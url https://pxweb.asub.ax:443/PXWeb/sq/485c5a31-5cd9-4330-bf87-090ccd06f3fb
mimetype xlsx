--- v0 (2025-10-17)
+++ v1 (2025-11-06)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fb24b984fe84587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/981e06b593314273b78a300238e5b1a3.psmdcp" Id="R0f3d349edcbf49b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4b2a0b6f9e4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/252e5ed7749d4cb5a0d53c2cc1b86ba4.psmdcp" Id="Rc37bda284ad246f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Andel barn inskrivna i daghemsverksamhet eller familjedagvård efter År, Ålder och Region</x:t>
   </x:si>
   <x:si>
     <x:t>Hela Åland</x:t>
   </x:si>
   <x:si>