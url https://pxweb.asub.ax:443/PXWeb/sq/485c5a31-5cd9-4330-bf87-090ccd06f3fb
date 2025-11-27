--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae4b2a0b6f9e4793" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/252e5ed7749d4cb5a0d53c2cc1b86ba4.psmdcp" Id="Rc37bda284ad246f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce4a22fac2c148a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/32a56b79f4c1461c86322b47315d8561.psmdcp" Id="R132f900f40854eee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Andel barn inskrivna i daghemsverksamhet eller familjedagvård efter År, Ålder och Region</x:t>
   </x:si>
   <x:si>
     <x:t>Hela Åland</x:t>
   </x:si>
   <x:si>