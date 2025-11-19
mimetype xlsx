--- v0 (2025-10-22)
+++ v1 (2025-11-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae47b3e77164464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/620d5989513f4937a532417888e89764.psmdcp" Id="R0d53158b0bae413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189ec2195084d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/409689f021b94dc4b72e1ab55c9a012d.psmdcp" Id="Rf5aeb338534f4e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>