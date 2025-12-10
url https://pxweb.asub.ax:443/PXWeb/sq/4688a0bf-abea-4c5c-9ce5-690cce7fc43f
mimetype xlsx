--- v1 (2025-11-19)
+++ v2 (2025-12-10)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5189ec2195084d10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/409689f021b94dc4b72e1ab55c9a012d.psmdcp" Id="Rf5aeb338534f4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ab386bd02346ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f68c4219f0a44f498282d5c64b6ad77.psmdcp" Id="Ra5567b3c66ff49d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT004" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Number of pupils in comprehensive school with support activities by Type of support, Sex and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2015</x:t>
   </x:si>
   <x:si>