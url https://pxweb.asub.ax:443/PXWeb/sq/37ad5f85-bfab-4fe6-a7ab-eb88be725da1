--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb0a0cc72474f53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1d5834914f1f4f53a72126fc209f2675.psmdcp" Id="R922adbf79e734ba0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb749c5d9f9b74dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/609bc9b28da24c5c9e6a0d367ad148c2.psmdcp" Id="R5665c43a4bdf4148" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index of international dry bulk freight (Baltic Dry Index, 1985 = 1 000) 2011-2024 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>