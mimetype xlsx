--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb749c5d9f9b74dee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/609bc9b28da24c5c9e6a0d367ad148c2.psmdcp" Id="R5665c43a4bdf4148" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b033ed4c07a430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf87c421e7c24d88a87a94f2e8fdb0a5.psmdcp" Id="R3bca0bec05794e44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index of international dry bulk freight (Baltic Dry Index, 1985 = 1 000) 2011-2024 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>