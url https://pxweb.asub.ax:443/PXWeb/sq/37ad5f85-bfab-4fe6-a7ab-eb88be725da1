--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b033ed4c07a430d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf87c421e7c24d88a87a94f2e8fdb0a5.psmdcp" Id="R3bca0bec05794e44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6afafb9b44994560" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/747719067f704382b277653a3b0eb5b9.psmdcp" Id="R0f764a5ab2aa43af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ102" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Index of international dry bulk freight (Baltic Dry Index, 1985 = 1 000) 2011-2024 by month</x:t>
   </x:si>
   <x:si>
     <x:t>January</x:t>
   </x:si>
   <x:si>