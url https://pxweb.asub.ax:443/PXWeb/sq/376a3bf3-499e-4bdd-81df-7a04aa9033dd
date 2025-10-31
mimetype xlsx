--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f6e0884779747b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af7243809cb749ef806abb41eb6562b5.psmdcp" Id="Re14886a1ff244342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b301ed117d4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/410b6f4b845245e0bfd2f21f7d126f9c.psmdcp" Id="R2333f68648d545af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>