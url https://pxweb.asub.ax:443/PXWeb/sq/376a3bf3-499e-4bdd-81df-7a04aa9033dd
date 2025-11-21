--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9b301ed117d4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/410b6f4b845245e0bfd2f21f7d126f9c.psmdcp" Id="R2333f68648d545af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0efc8171e04fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef4ecd906a684516adcd7364f55ed3e2.psmdcp" Id="Red7ae1bb6ee14371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>