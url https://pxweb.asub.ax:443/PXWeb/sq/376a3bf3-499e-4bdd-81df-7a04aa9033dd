--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b0efc8171e04fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef4ecd906a684516adcd7364f55ed3e2.psmdcp" Id="Red7ae1bb6ee14371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2743acd2fcc04aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/acaac49dd6574c22a89f2622be9d91c8.psmdcp" Id="Re1a3d74d53a0467b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ021" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Goods volume in shipborne traffic between Åland and Finland by direction, commodity group and year</x:t>
   </x:si>
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>