--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5236e29db7f64053" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ee4f8e4e95e748709eae4e6c84bd3a22.psmdcp" Id="Rf34c7d3db1d84316" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8df27f57c64937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b798f0c61a448cfb37b06e451acce3f.psmdcp" Id="Rc98471cbc3404b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>