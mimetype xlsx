--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8df27f57c64937" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b798f0c61a448cfb37b06e451acce3f.psmdcp" Id="Rc98471cbc3404b6e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b20e59af39f41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e74d7e62e714e419bb0e0a43be5488b.psmdcp" Id="R322b33c8490d4748" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>