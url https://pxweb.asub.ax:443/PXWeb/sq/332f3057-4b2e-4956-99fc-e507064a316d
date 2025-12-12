--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b20e59af39f41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e74d7e62e714e419bb0e0a43be5488b.psmdcp" Id="R322b33c8490d4748" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ec2c0e540594249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d5b77435a3fb44668121029ae49ccc85.psmdcp" Id="R483a50725ec24a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="56">
   <x:si>
     <x:t>The Åland owned shipping fleet, including local government owned ferries by year, number of vessels/gross tonnage and country of registration</x:t>
   </x:si>
   <x:si>
     <x:t>Number of vessels</x:t>
   </x:si>
   <x:si>