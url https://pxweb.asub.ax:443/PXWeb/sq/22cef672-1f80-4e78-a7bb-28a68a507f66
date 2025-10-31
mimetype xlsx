--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb90042154784d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/8e36f4f0ae76472484d81a7a535c3fd9.psmdcp" Id="R48f5d0dfdc484f32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aaaa81613c9442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3420585859fd4ce0a3373b0f9353d996.psmdcp" Id="R52a9caacf9dd45e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>