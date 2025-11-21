--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3aaaa81613c9442e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3420585859fd4ce0a3373b0f9353d996.psmdcp" Id="R52a9caacf9dd45e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9626a0af7f9d4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8d7271154a6436d858d92ce39f8b1e5.psmdcp" Id="Re08b32e9a6d8471c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>