--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9626a0af7f9d4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b8d7271154a6436d858d92ce39f8b1e5.psmdcp" Id="Re08b32e9a6d8471c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6974bdf1774349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e612b2c86a294275bd0ea09d0c448c4a.psmdcp" Id="Rd4fb7f337016469a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ006" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="34">
   <x:si>
     <x:t>Employment in sea transport enterprise, including Finnish residents outside Åland working on Finnish registered vessels owned by Åland companies by year and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>