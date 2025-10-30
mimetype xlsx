--- v0 (2025-10-06)
+++ v1 (2025-10-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9f2660a7d14934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/46fa6e4db56b486a9cb5ddbf049fc309.psmdcp" Id="R8e1c7a2d82454d42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f4239b117642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75537322bd9245a3a703fea44163aca3.psmdcp" Id="Rdc8a136b89764452" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>