--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88f4239b117642da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/75537322bd9245a3a703fea44163aca3.psmdcp" Id="Rdc8a136b89764452" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c48a8b458f413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2b3323583924b6b98d441bcd6d8e78f.psmdcp" Id="Rf615c61f07d041fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>