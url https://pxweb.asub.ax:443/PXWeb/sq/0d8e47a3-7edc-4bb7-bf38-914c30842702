--- v2 (2025-11-21)
+++ v3 (2025-12-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10c48a8b458f413e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2b3323583924b6b98d441bcd6d8e78f.psmdcp" Id="Rf615c61f07d041fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a27cf14a1824f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/06a470f9d9304499bb9ddff2a0aca8cb.psmdcp" Id="Rb52c656d24a14a7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <x:si>
     <x:t>Passagerare på taxfreeresor till och via Åland 2003-2024, efter rutt</x:t>
   </x:si>
   <x:si>
     <x:t>Totalt</x:t>
   </x:si>
   <x:si>