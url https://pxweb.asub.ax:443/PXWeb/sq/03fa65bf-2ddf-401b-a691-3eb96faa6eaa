--- v0 (2025-10-14)
+++ v1 (2025-11-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48c83889a1914743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6619b07c3ca248269c1acc532897af5a.psmdcp" Id="R4fc14bac352a4469" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7b61f78b254ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff71cc93a5a746f3aab8b653f0e793b7.psmdcp" Id="R59c0d263c5564f6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B5" authorId="0">
       <x:text>
         <x:r>