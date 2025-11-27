--- v1 (2025-11-03)
+++ v2 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7b61f78b254ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff71cc93a5a746f3aab8b653f0e793b7.psmdcp" Id="R59c0d263c5564f6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41ed5cd510af48e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6c625be0b7bc4799a82d4053984c2e54.psmdcp" Id="Rcc7005b2755f4565" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT024" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:comments xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:authors>
     <x:author>DefaultAppPool</x:author>
   </x:authors>
   <x:commentList>
     <x:comment ref="B5" authorId="0">
       <x:text>
         <x:r>