--- v0 (2025-12-21)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11a191328554420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/5e2ae239dcb14b16b8361a9ede15d89c.psmdcp" Id="Rb49abb6ce6794179" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c72994c23e451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/311556b144044823a24ccb7963fd4d93.psmdcp" Id="R8061dbf5f2114b53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>