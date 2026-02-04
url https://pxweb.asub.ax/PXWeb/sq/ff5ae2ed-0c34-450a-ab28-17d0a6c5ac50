--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c72994c23e451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/311556b144044823a24ccb7963fd4d93.psmdcp" Id="R8061dbf5f2114b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded4a1df0e70458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df60f570500648b79ec5951dce16fa79.psmdcp" Id="R3a576dd462a847dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>