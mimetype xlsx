--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rded4a1df0e70458a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/df60f570500648b79ec5951dce16fa79.psmdcp" Id="R3a576dd462a847dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0034930788ce4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80e9761d9f894c0682b1404cb091ad6e.psmdcp" Id="R731c0cab37364e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>