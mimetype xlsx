--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0034930788ce4360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/80e9761d9f894c0682b1404cb091ad6e.psmdcp" Id="R731c0cab37364e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5daf548b260c4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a1beb1273d15483bb2a1d8cdc8d86d68.psmdcp" Id="Rf9f126aba9ae43ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
   <x:si>
     <x:t>Studerande på gymnasienivå, Totalt efter Skola, Hemort och År</x:t>
   </x:si>
   <x:si>
     <x:t>2012</x:t>
   </x:si>
   <x:si>