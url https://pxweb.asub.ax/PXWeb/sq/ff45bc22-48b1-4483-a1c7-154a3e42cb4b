--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be0900d62d742bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2086c9ad3f84cd59c1eee3733bda027.psmdcp" Id="R7cac057c4fb74336" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5b505c57f74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e15a67280054400b49a76671da599a6.psmdcp" Id="Rbcb8d1d2cd4b4b01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Number of pupils in comprehensive school by School, Year and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>All grades, total</x:t>
   </x:si>
   <x:si>