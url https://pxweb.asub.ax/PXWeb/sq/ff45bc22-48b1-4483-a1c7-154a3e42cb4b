--- v1 (2026-01-19)
+++ v2 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5b505c57f74771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9e15a67280054400b49a76671da599a6.psmdcp" Id="Rbcb8d1d2cd4b4b01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9575372aa48e432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7964f01bf3da433682cc313b2e0a7326.psmdcp" Id="Re53692a108b84103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Number of pupils in comprehensive school by School, Year and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>All grades, total</x:t>
   </x:si>
   <x:si>