--- v2 (2026-01-20)
+++ v3 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9575372aa48e432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7964f01bf3da433682cc313b2e0a7326.psmdcp" Id="Re53692a108b84103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71747f7974a14ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf2617cf1c994f8b80115cf007232008.psmdcp" Id="R4648bb3f066c40b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Number of pupils in comprehensive school by School, Year and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>All grades, total</x:t>
   </x:si>
   <x:si>