--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71747f7974a14ce6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/cf2617cf1c994f8b80115cf007232008.psmdcp" Id="R4648bb3f066c40b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ab8ead2889438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86e5ecacf01f4915a76c19fd6d74e636.psmdcp" Id="Rc9f4d59d8b4e4c1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Number of pupils in comprehensive school by School, Year and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>All grades, total</x:t>
   </x:si>
   <x:si>