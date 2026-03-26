--- v4 (2026-03-03)
+++ v5 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20ab8ead2889438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/86e5ecacf01f4915a76c19fd6d74e636.psmdcp" Id="Rc9f4d59d8b4e4c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b188d2bed344c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4f04a96757a44275a670e09f0e9967a9.psmdcp" Id="R8ebae0ab7b33475c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT001" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="59">
   <x:si>
     <x:t>Number of pupils in comprehensive school by School, Year and Grade</x:t>
   </x:si>
   <x:si>
     <x:t>All grades, total</x:t>
   </x:si>
   <x:si>