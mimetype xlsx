--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd62304030eb40bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/454ce2cd5bd445b097994dba4da67a17.psmdcp" Id="Rd91819a29f334bb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f15a81e042443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/246a585fecca47b4b2f8746dd0ad9eb7.psmdcp" Id="R2783ca3a8e954323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Graduated students from upper secondary level by year, field of education, home country and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>