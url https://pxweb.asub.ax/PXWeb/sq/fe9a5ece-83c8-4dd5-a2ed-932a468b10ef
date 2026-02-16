--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f15a81e042443bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/246a585fecca47b4b2f8746dd0ad9eb7.psmdcp" Id="R2783ca3a8e954323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964c5ba1f7824cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fd9191ae3344a9795c30f576455fe40.psmdcp" Id="R11229d66c1204c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Graduated students from upper secondary level by year, field of education, home country and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>