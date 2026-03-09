--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R964c5ba1f7824cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0fd9191ae3344a9795c30f576455fe40.psmdcp" Id="R11229d66c1204c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c33943605f14395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c65906ead7244e2599386ee86b549c90.psmdcp" Id="R940c6787ed34482e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT075" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="33">
   <x:si>
     <x:t>Graduated students from upper secondary level by year, field of education, home country and sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>