--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd94c7ffcef4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4a1e93d977cf44c7a727eaec39aca643.psmdcp" Id="R317f0e74d69c4b04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7a5c66d1d84d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b759018457bb45cfaffcd723b50d9962.psmdcp" Id="R21c5a26d14d24bae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Number of annual full-time equivalent employees' in child care by Year, Position, Region and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>