--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf7a5c66d1d84d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b759018457bb45cfaffcd723b50d9962.psmdcp" Id="R21c5a26d14d24bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a2feac566d4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6d8323234c340829003ac9c908c2d7e.psmdcp" Id="Rd3038ccdddd14990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Number of annual full-time equivalent employees' in child care by Year, Position, Region and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>