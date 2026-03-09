--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13a2feac566d4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6d8323234c340829003ac9c908c2d7e.psmdcp" Id="Rd3038ccdddd14990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e792fd3fdf465e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/77c9a622489a4ac8a4d0a7c8c4fe6eed.psmdcp" Id="R1c0feb347cae470e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT014" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
   <x:si>
     <x:t>Number of annual full-time equivalent employees' in child care by Year, Position, Region and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>