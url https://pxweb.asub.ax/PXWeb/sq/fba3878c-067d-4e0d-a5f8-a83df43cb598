--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d6166f87514203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/393c28e8dffd436282d4a39ae25ef7a5.psmdcp" Id="Rdc5981353c8542a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda97a7a9c5b444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aafb2ab63ea6450faac48d60753d3cb9.psmdcp" Id="R014fc85ae290499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>