--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda97a7a9c5b444f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aafb2ab63ea6450faac48d60753d3cb9.psmdcp" Id="R014fc85ae290499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6d8cf11407431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380e649b47c843659b59339fe6c948e2.psmdcp" Id="Rceccf721a86d4baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>