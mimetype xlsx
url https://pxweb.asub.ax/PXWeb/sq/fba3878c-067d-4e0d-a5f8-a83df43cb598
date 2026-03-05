--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce6d8cf11407431a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/380e649b47c843659b59339fe6c948e2.psmdcp" Id="Rceccf721a86d4baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c93e65c1d984877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73398a6229674fde9a526a4bd4b5112f.psmdcp" Id="R85948f4e527145e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
   <x:si>
     <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>