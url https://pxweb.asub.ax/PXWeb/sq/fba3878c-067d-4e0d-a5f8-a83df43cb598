--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c93e65c1d984877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73398a6229674fde9a526a4bd4b5112f.psmdcp" Id="R85948f4e527145e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca17f99dc99b4fb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1929e969c4e74c9d8009a625d0c27a89.psmdcp" Id="R9641b832bef8421c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ104" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="46">
-[...1 lines deleted...]
-    <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2023 efter månad</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="48">
+  <x:si>
+    <x:t>Index för tankerfrakter på rutter mellan nordvästeuropeiska hamnar (Worldscale, Aframax tankers; 70 000-100 000 dwt) 2008-2025 efter månad</x:t>
   </x:si>
   <x:si>
     <x:t>januari</x:t>
   </x:si>
   <x:si>
     <x:t>februari</x:t>
   </x:si>
   <x:si>
     <x:t>mars</x:t>
   </x:si>
   <x:si>
     <x:t>april</x:t>
   </x:si>
   <x:si>
     <x:t>maj</x:t>
   </x:si>
   <x:si>
     <x:t>juni</x:t>
   </x:si>
   <x:si>
     <x:t>juli</x:t>
   </x:si>
   <x:si>
     <x:t>augusti</x:t>
   </x:si>
@@ -97,60 +97,66 @@
   <x:si>
     <x:t>2016</x:t>
   </x:si>
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
+    <x:t>2024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>Worldscale (WS) är ett standardmått till för att underlätta fastställande av fraktrater på spotmarknaden för tankers. Den ungefärliga lönsamhetsgränsen antas ligga kring WS index = 100</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20240405 09:00</x:t>
+    <x:t>20260324 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>UNCTAD Review of Maritime Transport, various issues; Capital Link (https://capitallinkshipping.com/; Braemar Seascope (www.braemarseascope.com)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ålands statistik- och utredningsbyrå (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490 </x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -541,51 +547,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:N51"/>
+  <x:dimension ref="A1:N53"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="40.710625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="6.090625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="7.950625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="8.840625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="6.160625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="5.770625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="5.110625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="5.140625" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="4.530625" style="0" customWidth="1"/>
     <x:col min="10" max="10" width="8.190625" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="11.260625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="8.750625" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="10.760625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="10.580625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:14">
       <x:c r="A1" s="1" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -1310,133 +1316,221 @@
       <x:c r="G19" s="3" t="n">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H19" s="3" t="n">
         <x:v>137</x:v>
       </x:c>
       <x:c r="I19" s="3" t="n">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J19" s="3" t="n">
         <x:v>99</x:v>
       </x:c>
       <x:c r="K19" s="3" t="n">
         <x:v>95</x:v>
       </x:c>
       <x:c r="L19" s="3" t="n">
         <x:v>154</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
         <x:v>184</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>154</x:v>
       </x:c>
     </x:row>
+    <x:row r="20" spans="1:14">
+      <x:c r="A20" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B20" s="2" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C20" s="3" t="n">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D20" s="3" t="n">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E20" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="F20" s="3" t="n">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="G20" s="3" t="n">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H20" s="3" t="n">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="I20" s="3" t="n">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="J20" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="K20" s="3" t="n">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="L20" s="3" t="n">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="M20" s="3" t="n">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="N20" s="3" t="n">
+        <x:v>120</x:v>
+      </x:c>
+    </x:row>
     <x:row r="21" spans="1:14">
-      <x:c r="A21" s="4" t="s">
-[...4 lines deleted...]
-      <x:c r="A22" s="4" t="s">
+      <x:c r="A21" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
+      <x:c r="B21" s="2" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="C21" s="3" t="n">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="D21" s="3" t="n">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="E21" s="3" t="n">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="F21" s="3" t="n">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="G21" s="3" t="n">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="H21" s="3" t="n">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="I21" s="3" t="n">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="J21" s="3" t="n">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="K21" s="3" t="n">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="L21" s="3" t="n">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="M21" s="3" t="n">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="N21" s="3" t="n">
+        <x:v>157</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="23" spans="1:14">
+      <x:c r="A23" s="4" t="s">
+        <x:v>31</x:v>
+      </x:c>
     </x:row>
     <x:row r="24" spans="1:14">
-      <x:c r="A24" s="0" t="s">
-[...4 lines deleted...]
-      <x:c r="A25" s="0" t="s">
+      <x:c r="A24" s="4" t="s">
         <x:v>32</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="26" spans="1:14">
+      <x:c r="A26" s="0" t="s">
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:14">
       <x:c r="A27" s="0" t="s">
-        <x:v>33</x:v>
-[...3 lines deleted...]
-      <x:c r="A28" s="0" t="s">
         <x:v>34</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="29" spans="1:14">
+      <x:c r="A29" s="0" t="s">
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:14">
       <x:c r="A30" s="0" t="s">
-        <x:v>35</x:v>
-[...3 lines deleted...]
-      <x:c r="A31" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:14">
       <x:c r="A32" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:14">
       <x:c r="A33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:14">
       <x:c r="A34" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:14">
       <x:c r="A35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
+    <x:row r="36" spans="1:14">
+      <x:c r="A36" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+    </x:row>
     <x:row r="37" spans="1:14">
       <x:c r="A37" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:14">
       <x:c r="A39" s="0" t="s">
-        <x:v>42</x:v>
-[...3 lines deleted...]
-      <x:c r="A40" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
-    <x:row r="50" spans="1:14">
-      <x:c r="A50" s="0" t="s">
+    <x:row r="41" spans="1:14">
+      <x:c r="A41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
-    <x:row r="51" spans="1:14">
-      <x:c r="A51" s="0" t="s">
+    <x:row r="42" spans="1:14">
+      <x:c r="A42" s="0" t="s">
         <x:v>45</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:14">
+      <x:c r="A52" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:14">
+      <x:c r="A53" s="0" t="s">
+        <x:v>47</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:TitlesOfParts>
     <vt:vector baseType="lpstr" size="3">
       <vt:lpstr>SJ104</vt:lpstr>
       <vt:lpstr>SJ104!Print_Area</vt:lpstr>
       <vt:lpstr>SJ104!Print_Titles</vt:lpstr>
     </vt:vector>
   </ap:TitlesOfParts>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>