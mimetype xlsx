--- v0 (2025-12-16)
+++ v1 (2026-01-07)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0847f57edcc049ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7ac3f3257f7446caa196a0cc317a63ca.psmdcp" Id="R080b0c6c1aea4b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7665115e90d4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef9b79d5b2f64308ab30c1eafcea8041.psmdcp" Id="R5c16e9fd603941ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Day care by Year, Municipality and Value</x:t>
   </x:si>
   <x:si>
     <x:t>Number of children</x:t>
   </x:si>
   <x:si>