--- v1 (2026-01-07)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7665115e90d4684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ef9b79d5b2f64308ab30c1eafcea8041.psmdcp" Id="R5c16e9fd603941ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9062077c28984d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd68222622654c49b5ecb188a67fd933.psmdcp" Id="R856c4a46f20d4ca4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Day care by Year, Municipality and Value</x:t>
   </x:si>
   <x:si>
     <x:t>Number of children</x:t>
   </x:si>
   <x:si>