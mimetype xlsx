--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9062077c28984d0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bd68222622654c49b5ecb188a67fd933.psmdcp" Id="R856c4a46f20d4ca4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a77ab3b7be94a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/875d6fe41d0b487987d7d72286d7e716.psmdcp" Id="Rc7d0e920fc1a4d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Day care by Year, Municipality and Value</x:t>
   </x:si>
   <x:si>
     <x:t>Number of children</x:t>
   </x:si>
   <x:si>