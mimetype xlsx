--- v3 (2026-03-09)
+++ v4 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a77ab3b7be94a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/875d6fe41d0b487987d7d72286d7e716.psmdcp" Id="Rc7d0e920fc1a4d46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05836ce5fac342cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2e4525ce87cc45e693e8b31d5f2e86ee.psmdcp" Id="Re1aec33fe90149a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Day care by Year, Municipality and Value</x:t>
   </x:si>
   <x:si>
     <x:t>Number of children</x:t>
   </x:si>
   <x:si>