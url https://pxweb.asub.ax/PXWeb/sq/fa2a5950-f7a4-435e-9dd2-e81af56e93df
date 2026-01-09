--- v0 (2025-12-19)
+++ v1 (2026-01-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0c1547b1d564cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b62ecf27bc74484e9038a52dad02558b.psmdcp" Id="R5d791ea2b892428f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb192c2dfacd4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/681c44c9ac7f4bd68313751fe7823ed0.psmdcp" Id="R4d5efc50a6fb4d44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>