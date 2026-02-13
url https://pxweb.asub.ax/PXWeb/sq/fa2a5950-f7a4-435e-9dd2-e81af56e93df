--- v1 (2026-01-09)
+++ v2 (2026-02-13)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb192c2dfacd4946" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/681c44c9ac7f4bd68313751fe7823ed0.psmdcp" Id="R4d5efc50a6fb4d44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd6b263ae674d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68b87a2b4f9b4eaba8416f6b4a8f05c4.psmdcp" Id="R20af9b09f9544983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>