--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fd6b263ae674d88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/68b87a2b4f9b4eaba8416f6b4a8f05c4.psmdcp" Id="R20af9b09f9544983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15be0380c338480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a90a553c6dc649eba31332f8dbbb2e9c.psmdcp" Id="Rf5aea7721dab4508" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>