--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15be0380c338480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a90a553c6dc649eba31332f8dbbb2e9c.psmdcp" Id="Rf5aea7721dab4508" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95874468695441a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f43c13d5ecd747b0b596076becb12636.psmdcp" Id="R965ffd6d25a94a9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="57">
   <x:si>
     <x:t>Den åländskägda handelsflottan, inklusive landskapsägda färjor efter år, antal/bruttoton och flaggstat</x:t>
   </x:si>
   <x:si>
     <x:t>Antal</x:t>
   </x:si>
   <x:si>
@@ -52,59 +52,56 @@
   <x:si>
     <x:t>Sverige</x:t>
   </x:si>
   <x:si>
     <x:t>Nederländerna</x:t>
   </x:si>
   <x:si>
     <x:t>Estland</x:t>
   </x:si>
   <x:si>
     <x:t>Barbados</x:t>
   </x:si>
   <x:si>
     <x:t>Gibraltar</x:t>
   </x:si>
   <x:si>
     <x:t>Storbritannien</x:t>
   </x:si>
   <x:si>
     <x:t>Cypern</x:t>
   </x:si>
   <x:si>
     <x:t>Norge</x:t>
   </x:si>
   <x:si>
-    <x:t>2000</x:t>
+    <x:t>2001</x:t>
   </x:si>
   <x:si>
     <x:t>..</x:t>
   </x:si>
   <x:si>
-    <x:t>2001</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>2002</x:t>
   </x:si>
   <x:si>
     <x:t>2003</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>
     <x:t>2005</x:t>
   </x:si>
   <x:si>
     <x:t>2006</x:t>
   </x:si>
   <x:si>
     <x:t>2007</x:t>
   </x:si>
   <x:si>
     <x:t>2008</x:t>
   </x:si>
   <x:si>
     <x:t>2009</x:t>
   </x:si>
   <x:si>
     <x:t>2010</x:t>
@@ -130,60 +127,63 @@
   <x:si>
     <x:t>2017</x:t>
   </x:si>
   <x:si>
     <x:t>2018</x:t>
   </x:si>
   <x:si>
     <x:t>2019</x:t>
   </x:si>
   <x:si>
     <x:t>2020</x:t>
   </x:si>
   <x:si>
     <x:t>2021</x:t>
   </x:si>
   <x:si>
     <x:t>2022</x:t>
   </x:si>
   <x:si>
     <x:t>2023</x:t>
   </x:si>
   <x:si>
     <x:t>2024</x:t>
   </x:si>
   <x:si>
+    <x:t>2025</x:t>
+  </x:si>
+  <x:si>
     <x:t>I denna statistik ingår endast fartyg större än 300 Bt och som är majoritetsägda av åländska rederier. Inklusive landskapsägda färjor och större pråmar, men inte stationärt landförtöjda restaurangbåtar.</x:t>
   </x:si>
   <x:si>
     <x:t>&lt;A HREF=https://www.asub.ax/sv/beskrivning-sjofartsstatistiken TARGET=_blank&gt;Beskrivning av statistiken&lt;/A&gt;</x:t>
   </x:si>
   <x:si>
     <x:t>Senaste uppdatering:</x:t>
   </x:si>
   <x:si>
-    <x:t>20250127 09:00</x:t>
+    <x:t>20260227 09:00</x:t>
   </x:si>
   <x:si>
     <x:t>Källa:</x:t>
   </x:si>
   <x:si>
     <x:t>Ålands statistik- och utredningsbyrå (ÅSUB)</x:t>
   </x:si>
   <x:si>
     <x:t>Kontaktperson:</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ålands statistik- och utredningsbyrå (ÅSUB) </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">PB 1187 </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">AX-22111 Mariehamn </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">018-25490 </x:t>
   </x:si>
   <x:si>
     <x:t>asub@asub.ax</x:t>
   </x:si>
@@ -695,723 +695,723 @@
       </x:c>
       <x:c r="R4" s="2" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="S4" s="2" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="T4" s="2" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="U4" s="2" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="V4" s="2" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="W4" s="2" t="s">
         <x:v>13</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:23">
       <x:c r="A5" s="2" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B5" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D5" s="3" t="n">
         <x:v>7</x:v>
       </x:c>
       <x:c r="E5" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M5" s="3" t="n">
-        <x:v>430225</x:v>
+        <x:v>432898</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>403335</x:v>
+        <x:v>386309</x:v>
       </x:c>
       <x:c r="O5" s="3" t="n">
-        <x:v>396999</x:v>
+        <x:v>379973</x:v>
       </x:c>
       <x:c r="P5" s="3" t="n">
         <x:v>6336</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W5" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:23">
       <x:c r="A6" s="2" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B6" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="3" t="n">
+        <x:v>9</x:v>
+      </x:c>
+      <x:c r="D6" s="3" t="n">
         <x:v>8</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>7</x:v>
       </x:c>
       <x:c r="E6" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M6" s="3" t="n">
         <x:v>432898</x:v>
       </x:c>
       <x:c r="N6" s="3" t="n">
-        <x:v>386309</x:v>
+        <x:v>454273</x:v>
       </x:c>
       <x:c r="O6" s="3" t="n">
-        <x:v>379973</x:v>
+        <x:v>447937</x:v>
       </x:c>
       <x:c r="P6" s="3" t="n">
         <x:v>6336</x:v>
       </x:c>
       <x:c r="Q6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W6" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:23">
       <x:c r="A7" s="2" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B7" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="D7" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E7" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="J7" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="J7" s="3" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="K7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M7" s="3" t="n">
-        <x:v>432898</x:v>
+        <x:v>373621</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
-        <x:v>454273</x:v>
+        <x:v>505868</x:v>
       </x:c>
       <x:c r="O7" s="3" t="n">
         <x:v>447937</x:v>
       </x:c>
       <x:c r="P7" s="3" t="n">
-        <x:v>6336</x:v>
+        <x:v>52734</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="U7" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="U7" s="3" t="n">
+        <x:v>5197</x:v>
       </x:c>
       <x:c r="V7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W7" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:23">
       <x:c r="A8" s="2" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B8" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C8" s="3" t="n">
         <x:v>11</x:v>
       </x:c>
       <x:c r="D8" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E8" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J8" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M8" s="3" t="n">
-        <x:v>373621</x:v>
+        <x:v>387179</x:v>
       </x:c>
       <x:c r="N8" s="3" t="n">
         <x:v>505868</x:v>
       </x:c>
       <x:c r="O8" s="3" t="n">
         <x:v>447937</x:v>
       </x:c>
       <x:c r="P8" s="3" t="n">
         <x:v>52734</x:v>
       </x:c>
       <x:c r="Q8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U8" s="3" t="n">
         <x:v>5197</x:v>
       </x:c>
       <x:c r="V8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W8" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:23">
       <x:c r="A9" s="2" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B9" s="3" t="n">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="D9" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E9" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
-      <x:c r="F9" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="F9" s="3" t="n">
+        <x:v>2</x:v>
       </x:c>
       <x:c r="G9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J9" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M9" s="3" t="n">
-        <x:v>387179</x:v>
+        <x:v>429989</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>505868</x:v>
+        <x:v>461892</x:v>
       </x:c>
       <x:c r="O9" s="3" t="n">
-        <x:v>447937</x:v>
+        <x:v>395965</x:v>
       </x:c>
       <x:c r="P9" s="3" t="n">
         <x:v>52734</x:v>
       </x:c>
-      <x:c r="Q9" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="Q9" s="3" t="n">
+        <x:v>7996</x:v>
       </x:c>
       <x:c r="R9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U9" s="3" t="n">
         <x:v>5197</x:v>
       </x:c>
       <x:c r="V9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W9" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:23">
       <x:c r="A10" s="2" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B10" s="3" t="n">
-        <x:v>43</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="3" t="n">
-        <x:v>12</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D10" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E10" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F10" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="G10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J10" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="K10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M10" s="3" t="n">
-        <x:v>429989</x:v>
+        <x:v>402583</x:v>
       </x:c>
       <x:c r="N10" s="3" t="n">
-        <x:v>461892</x:v>
+        <x:v>544301</x:v>
       </x:c>
       <x:c r="O10" s="3" t="n">
-        <x:v>395965</x:v>
+        <x:v>459413</x:v>
       </x:c>
       <x:c r="P10" s="3" t="n">
         <x:v>52734</x:v>
       </x:c>
       <x:c r="Q10" s="3" t="n">
-        <x:v>7996</x:v>
+        <x:v>26957</x:v>
       </x:c>
       <x:c r="R10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U10" s="3" t="n">
         <x:v>5197</x:v>
       </x:c>
       <x:c r="V10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W10" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:23">
       <x:c r="A11" s="2" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="3" t="n">
-        <x:v>40</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D11" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E11" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="F11" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="I11" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="I11" s="3" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="J11" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K11" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="K11" s="3" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="L11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M11" s="3" t="n">
-        <x:v>402583</x:v>
+        <x:v>399738</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>544301</x:v>
+        <x:v>548980</x:v>
       </x:c>
       <x:c r="O11" s="3" t="n">
         <x:v>459413</x:v>
       </x:c>
       <x:c r="P11" s="3" t="n">
         <x:v>52734</x:v>
       </x:c>
       <x:c r="Q11" s="3" t="n">
         <x:v>26957</x:v>
       </x:c>
       <x:c r="R11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="T11" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="T11" s="3" t="n">
+        <x:v>3828</x:v>
       </x:c>
       <x:c r="U11" s="3" t="n">
         <x:v>5197</x:v>
       </x:c>
-      <x:c r="V11" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="V11" s="3" t="n">
+        <x:v>851</x:v>
       </x:c>
       <x:c r="W11" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:23">
       <x:c r="A12" s="2" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B12" s="3" t="n">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C12" s="3" t="n">
         <x:v>18</x:v>
       </x:c>
       <x:c r="D12" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E12" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F12" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I12" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J12" s="3" t="n">
-        <x:v>1</x:v>
+      <x:c r="J12" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="K12" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="L12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M12" s="3" t="n">
-        <x:v>399738</x:v>
+        <x:v>389132</x:v>
       </x:c>
       <x:c r="N12" s="3" t="n">
-        <x:v>548980</x:v>
+        <x:v>590244</x:v>
       </x:c>
       <x:c r="O12" s="3" t="n">
         <x:v>459413</x:v>
       </x:c>
       <x:c r="P12" s="3" t="n">
-        <x:v>52734</x:v>
+        <x:v>99195</x:v>
       </x:c>
       <x:c r="Q12" s="3" t="n">
         <x:v>26957</x:v>
       </x:c>
       <x:c r="R12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T12" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
-      <x:c r="U12" s="3" t="n">
-        <x:v>5197</x:v>
+      <x:c r="U12" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="V12" s="3" t="n">
         <x:v>851</x:v>
       </x:c>
       <x:c r="W12" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:23">
       <x:c r="A13" s="2" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B13" s="3" t="n">
-        <x:v>37</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="D13" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E13" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>5</x:v>
       </x:c>
       <x:c r="F13" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I13" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="K13" s="3" t="n">
-        <x:v>1</x:v>
+      <x:c r="K13" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="L13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M13" s="3" t="n">
-        <x:v>389132</x:v>
+        <x:v>350156</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>590244</x:v>
+        <x:v>636675</x:v>
       </x:c>
       <x:c r="O13" s="3" t="n">
         <x:v>459413</x:v>
       </x:c>
       <x:c r="P13" s="3" t="n">
-        <x:v>99195</x:v>
+        <x:v>146477</x:v>
       </x:c>
       <x:c r="Q13" s="3" t="n">
         <x:v>26957</x:v>
       </x:c>
       <x:c r="R13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T13" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="V13" s="3" t="n">
-        <x:v>851</x:v>
+      <x:c r="V13" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="W13" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:23">
       <x:c r="A14" s="2" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B14" s="3" t="n">
-        <x:v>36</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C14" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D14" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E14" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F14" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I14" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M14" s="3" t="n">
-        <x:v>350156</x:v>
+        <x:v>346483</x:v>
       </x:c>
       <x:c r="N14" s="3" t="n">
         <x:v>636675</x:v>
       </x:c>
       <x:c r="O14" s="3" t="n">
         <x:v>459413</x:v>
       </x:c>
       <x:c r="P14" s="3" t="n">
         <x:v>146477</x:v>
       </x:c>
       <x:c r="Q14" s="3" t="n">
         <x:v>26957</x:v>
       </x:c>
       <x:c r="R14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T14" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="U14" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
@@ -1476,587 +1476,587 @@
       </x:c>
       <x:c r="R15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T15" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W15" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:23">
       <x:c r="A16" s="2" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B16" s="3" t="n">
-        <x:v>35</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="3" t="n">
         <x:v>19</x:v>
       </x:c>
       <x:c r="D16" s="3" t="n">
         <x:v>8</x:v>
       </x:c>
       <x:c r="E16" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F16" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I16" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="J16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M16" s="3" t="n">
-        <x:v>346483</x:v>
+        <x:v>341286</x:v>
       </x:c>
       <x:c r="N16" s="3" t="n">
         <x:v>636675</x:v>
       </x:c>
       <x:c r="O16" s="3" t="n">
         <x:v>459413</x:v>
       </x:c>
       <x:c r="P16" s="3" t="n">
         <x:v>146477</x:v>
       </x:c>
       <x:c r="Q16" s="3" t="n">
         <x:v>26957</x:v>
       </x:c>
       <x:c r="R16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T16" s="3" t="n">
         <x:v>3828</x:v>
       </x:c>
       <x:c r="U16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W16" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:23">
       <x:c r="A17" s="2" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B17" s="3" t="n">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>19</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="D17" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>7</x:v>
       </x:c>
       <x:c r="E17" s="3" t="n">
         <x:v>5</x:v>
       </x:c>
       <x:c r="F17" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>6</x:v>
       </x:c>
       <x:c r="G17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="I17" s="3" t="n">
-        <x:v>1</x:v>
+      <x:c r="I17" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="J17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M17" s="3" t="n">
-        <x:v>341286</x:v>
+        <x:v>361927</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>636675</x:v>
+        <x:v>584608</x:v>
       </x:c>
       <x:c r="O17" s="3" t="n">
-        <x:v>459413</x:v>
+        <x:v>407346</x:v>
       </x:c>
       <x:c r="P17" s="3" t="n">
         <x:v>146477</x:v>
       </x:c>
       <x:c r="Q17" s="3" t="n">
-        <x:v>26957</x:v>
+        <x:v>30785</x:v>
       </x:c>
       <x:c r="R17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="T17" s="3" t="n">
-        <x:v>3828</x:v>
+      <x:c r="T17" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W17" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:23">
       <x:c r="A18" s="2" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B18" s="3" t="n">
-        <x:v>32</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C18" s="3" t="n">
-        <x:v>18</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D18" s="3" t="n">
-        <x:v>7</x:v>
+        <x:v>8</x:v>
       </x:c>
       <x:c r="E18" s="3" t="n">
-        <x:v>5</x:v>
+        <x:v>3</x:v>
       </x:c>
       <x:c r="F18" s="3" t="n">
-        <x:v>6</x:v>
-[...5 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="G18" s="3" t="n">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H18" s="3" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="I18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M18" s="3" t="n">
-        <x:v>361927</x:v>
+        <x:v>358148</x:v>
       </x:c>
       <x:c r="N18" s="3" t="n">
-        <x:v>584608</x:v>
+        <x:v>605968</x:v>
       </x:c>
       <x:c r="O18" s="3" t="n">
-        <x:v>407346</x:v>
+        <x:v>464546</x:v>
       </x:c>
       <x:c r="P18" s="3" t="n">
-        <x:v>146477</x:v>
+        <x:v>93680</x:v>
       </x:c>
       <x:c r="Q18" s="3" t="n">
-        <x:v>30785</x:v>
-[...5 lines deleted...]
-        <x:v>15</x:v>
+        <x:v>7996</x:v>
+      </x:c>
+      <x:c r="R18" s="3" t="n">
+        <x:v>35918</x:v>
+      </x:c>
+      <x:c r="S18" s="3" t="n">
+        <x:v>3828</x:v>
       </x:c>
       <x:c r="T18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W18" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:23">
       <x:c r="A19" s="2" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B19" s="3" t="n">
-        <x:v>31</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D19" s="3" t="n">
-        <x:v>8</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E19" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F19" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G19" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H19" s="3" t="n">
-        <x:v>1</x:v>
+      <x:c r="H19" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M19" s="3" t="n">
-        <x:v>358148</x:v>
+        <x:v>339170</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>605968</x:v>
+        <x:v>658440</x:v>
       </x:c>
       <x:c r="O19" s="3" t="n">
-        <x:v>464546</x:v>
+        <x:v>520846</x:v>
       </x:c>
       <x:c r="P19" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q19" s="3" t="n">
         <x:v>7996</x:v>
       </x:c>
       <x:c r="R19" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
-      <x:c r="S19" s="3" t="n">
-        <x:v>3828</x:v>
+      <x:c r="S19" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W19" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:23">
       <x:c r="A20" s="2" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B20" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C20" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="D20" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E20" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F20" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G20" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M20" s="3" t="n">
-        <x:v>339170</x:v>
+        <x:v>338536</x:v>
       </x:c>
       <x:c r="N20" s="3" t="n">
-        <x:v>658440</x:v>
+        <x:v>773780</x:v>
       </x:c>
       <x:c r="O20" s="3" t="n">
-        <x:v>520846</x:v>
+        <x:v>635174</x:v>
       </x:c>
       <x:c r="P20" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q20" s="3" t="n">
         <x:v>7996</x:v>
       </x:c>
       <x:c r="R20" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W20" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:23">
       <x:c r="A21" s="2" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B21" s="3" t="n">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>17</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D21" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>9</x:v>
       </x:c>
       <x:c r="E21" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F21" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="G21" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M21" s="3" t="n">
-        <x:v>338536</x:v>
+        <x:v>340234</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>773780</x:v>
+        <x:v>661550</x:v>
       </x:c>
       <x:c r="O21" s="3" t="n">
-        <x:v>635174</x:v>
+        <x:v>523956</x:v>
       </x:c>
       <x:c r="P21" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q21" s="3" t="n">
         <x:v>7996</x:v>
       </x:c>
       <x:c r="R21" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W21" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:23">
       <x:c r="A22" s="2" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B22" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C22" s="3" t="n">
         <x:v>15</x:v>
       </x:c>
       <x:c r="D22" s="3" t="n">
-        <x:v>9</x:v>
+        <x:v>11</x:v>
       </x:c>
       <x:c r="E22" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
-      <x:c r="F22" s="3" t="n">
-        <x:v>2</x:v>
+      <x:c r="F22" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M22" s="3" t="n">
-        <x:v>340234</x:v>
+        <x:v>330087</x:v>
       </x:c>
       <x:c r="N22" s="3" t="n">
-        <x:v>661550</x:v>
+        <x:v>767882</x:v>
       </x:c>
       <x:c r="O22" s="3" t="n">
-        <x:v>523956</x:v>
+        <x:v>638284</x:v>
       </x:c>
       <x:c r="P22" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
-      <x:c r="Q22" s="3" t="n">
-        <x:v>7996</x:v>
+      <x:c r="Q22" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="R22" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W22" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:23">
       <x:c r="A23" s="2" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B23" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D23" s="3" t="n">
-        <x:v>11</x:v>
+        <x:v>10</x:v>
       </x:c>
       <x:c r="E23" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M23" s="3" t="n">
-        <x:v>330087</x:v>
+        <x:v>358859</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>767882</x:v>
+        <x:v>715804</x:v>
       </x:c>
       <x:c r="O23" s="3" t="n">
-        <x:v>638284</x:v>
+        <x:v>586206</x:v>
       </x:c>
       <x:c r="P23" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R23" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W23" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
@@ -2077,415 +2077,415 @@
       <x:c r="E24" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="M24" s="3" t="n">
-        <x:v>358859</x:v>
+        <x:v>359061</x:v>
       </x:c>
       <x:c r="N24" s="3" t="n">
         <x:v>715804</x:v>
       </x:c>
       <x:c r="O24" s="3" t="n">
         <x:v>586206</x:v>
       </x:c>
       <x:c r="P24" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R24" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W24" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:23">
       <x:c r="A25" s="2" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B25" s="3" t="n">
-        <x:v>30</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="D25" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E25" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="L25" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="L25" s="3" t="n">
+        <x:v>1</x:v>
       </x:c>
       <x:c r="M25" s="3" t="n">
-        <x:v>359061</x:v>
+        <x:v>369269</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>715804</x:v>
+        <x:v>723213</x:v>
       </x:c>
       <x:c r="O25" s="3" t="n">
         <x:v>586206</x:v>
       </x:c>
       <x:c r="P25" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R25" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V25" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="W25" s="4" t="s">
-        <x:v>15</x:v>
+      <x:c r="W25" s="3" t="n">
+        <x:v>7409</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:23">
       <x:c r="A26" s="2" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="3" t="n">
-        <x:v>29</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="C26" s="3" t="n">
-        <x:v>15</x:v>
+        <x:v>16</x:v>
       </x:c>
       <x:c r="D26" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E26" s="3" t="n">
         <x:v>3</x:v>
       </x:c>
       <x:c r="F26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="3" t="n">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L26" s="3" t="n">
-        <x:v>1</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="M26" s="3" t="n">
-        <x:v>369269</x:v>
+        <x:v>336765</x:v>
       </x:c>
       <x:c r="N26" s="3" t="n">
-        <x:v>723213</x:v>
+        <x:v>731454</x:v>
       </x:c>
       <x:c r="O26" s="3" t="n">
-        <x:v>586206</x:v>
+        <x:v>587038</x:v>
       </x:c>
       <x:c r="P26" s="3" t="n">
         <x:v>93680</x:v>
       </x:c>
       <x:c r="Q26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R26" s="3" t="n">
         <x:v>35918</x:v>
       </x:c>
       <x:c r="S26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V26" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W26" s="3" t="n">
-        <x:v>7409</x:v>
+        <x:v>14818</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:23">
       <x:c r="A27" s="2" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="3" t="n">
         <x:v>28</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>16</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="D27" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E27" s="3" t="n">
-        <x:v>3</x:v>
+        <x:v>2</x:v>
       </x:c>
       <x:c r="F27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="G27" s="3" t="n">
-        <x:v>1</x:v>
+      <x:c r="G27" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="H27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L27" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M27" s="3" t="n">
-        <x:v>336765</x:v>
+        <x:v>349655</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>731454</x:v>
+        <x:v>660612</x:v>
       </x:c>
       <x:c r="O27" s="3" t="n">
         <x:v>587038</x:v>
       </x:c>
       <x:c r="P27" s="3" t="n">
-        <x:v>93680</x:v>
+        <x:v>58756</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="R27" s="3" t="n">
-        <x:v>35918</x:v>
+      <x:c r="R27" s="4" t="s">
+        <x:v>15</x:v>
       </x:c>
       <x:c r="S27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V27" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W27" s="3" t="n">
         <x:v>14818</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:23">
       <x:c r="A28" s="2" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B28" s="3" t="n">
-        <x:v>28</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="C28" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D28" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E28" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L28" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M28" s="3" t="n">
-        <x:v>349655</x:v>
+        <x:v>387735</x:v>
       </x:c>
       <x:c r="N28" s="3" t="n">
-        <x:v>660612</x:v>
+        <x:v>614214</x:v>
       </x:c>
       <x:c r="O28" s="3" t="n">
         <x:v>587038</x:v>
       </x:c>
       <x:c r="P28" s="3" t="n">
-        <x:v>58756</x:v>
+        <x:v>12358</x:v>
       </x:c>
       <x:c r="Q28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V28" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W28" s="3" t="n">
         <x:v>14818</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:23">
       <x:c r="A29" s="2" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B29" s="3" t="n">
-        <x:v>26</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>14</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="D29" s="3" t="n">
         <x:v>10</x:v>
       </x:c>
       <x:c r="E29" s="3" t="n">
-        <x:v>2</x:v>
+        <x:v>1</x:v>
       </x:c>
       <x:c r="F29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="H29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="J29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="K29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="L29" s="3" t="n">
         <x:v>2</x:v>
       </x:c>
       <x:c r="M29" s="3" t="n">
-        <x:v>341337</x:v>
+        <x:v>385137</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>660612</x:v>
+        <x:v>614214</x:v>
       </x:c>
       <x:c r="O29" s="3" t="n">
         <x:v>587038</x:v>
       </x:c>
       <x:c r="P29" s="3" t="n">
-        <x:v>58756</x:v>
+        <x:v>12358</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="R29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="S29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="V29" s="4" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="W29" s="3" t="n">
         <x:v>14818</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:23">
       <x:c r="A31" s="5" t="s">