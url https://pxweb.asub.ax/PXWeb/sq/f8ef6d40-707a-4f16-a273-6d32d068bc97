--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ca3f7d67a604881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/679ba8dde6de4d7dbb1e0e93e1be2b1a.psmdcp" Id="R5131665a367e498b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681b25797c46418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff901773a0ec4abe84e589cd76d9c39f.psmdcp" Id="R0025ec0b14904f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>