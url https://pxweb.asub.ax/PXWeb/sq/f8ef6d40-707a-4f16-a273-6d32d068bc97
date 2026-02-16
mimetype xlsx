--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R681b25797c46418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff901773a0ec4abe84e589cd76d9c39f.psmdcp" Id="R0025ec0b14904f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393fb595a74149da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f82c9670b8044c3a4699095526df4f0.psmdcp" Id="Rf19d786fdc304351" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>