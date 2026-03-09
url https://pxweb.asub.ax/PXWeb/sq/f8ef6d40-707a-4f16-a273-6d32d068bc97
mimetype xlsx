--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393fb595a74149da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f82c9670b8044c3a4699095526df4f0.psmdcp" Id="Rf19d786fdc304351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ec56c941e14c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03ca0d279bf24677a955099435cba604.psmdcp" Id="Rb03a874c1c404d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>