--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62ec56c941e14c57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/03ca0d279bf24677a955099435cba604.psmdcp" Id="Rb03a874c1c404d9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d2522c7e984939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2d3c591d3d14d5f83c169a1bd9f2921.psmdcp" Id="Rc717acae18d54932" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>