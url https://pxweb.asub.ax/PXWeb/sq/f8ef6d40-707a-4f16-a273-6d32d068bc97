--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63d2522c7e984939" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d2d3c591d3d14d5f83c169a1bd9f2921.psmdcp" Id="Rc717acae18d54932" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f44225636094786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d70f83e65b0f4ead8d08e05193864318.psmdcp" Id="R0d9d2c1e97164db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT052" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="36">
   <x:si>
     <x:t>Students at upper secondary level, Total by School, Country of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>2011</x:t>
   </x:si>
   <x:si>