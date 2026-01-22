--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdcda3fbada444b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1e98872bac874026a70cf0ccd269c5f9.psmdcp" Id="Rd85caae7e4a74484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree548ce652874459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e50b27732224ffdbd58750fb9069996.psmdcp" Id="R4fde06e7989b4b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>