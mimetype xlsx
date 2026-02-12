--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree548ce652874459" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7e50b27732224ffdbd58750fb9069996.psmdcp" Id="R4fde06e7989b4b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9867eaf4814ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c27e6636c67344f38a7cb8b04f3b185b.psmdcp" Id="R801cdb048f9e43dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>