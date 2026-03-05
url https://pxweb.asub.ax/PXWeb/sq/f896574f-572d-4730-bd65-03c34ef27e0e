--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e9867eaf4814ee4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c27e6636c67344f38a7cb8b04f3b185b.psmdcp" Id="R801cdb048f9e43dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf28eadcd6bb4d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1cf4202fd69f4f5e89e5a2f412a080f0.psmdcp" Id="Ree3f0ec7ea7e44d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>