--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf28eadcd6bb4d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/1cf4202fd69f4f5e89e5a2f412a080f0.psmdcp" Id="Ree3f0ec7ea7e44d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R845af2efce4c4383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c2802ef42a044fada1f5052527ed2ef4.psmdcp" Id="R62fb96ae030b410b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ012" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <x:si>
     <x:t>Passengers on tax-free routes to and via Åland 2003-2024 by route</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>