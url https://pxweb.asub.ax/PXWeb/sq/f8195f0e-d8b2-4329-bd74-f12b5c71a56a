--- v0 (2025-12-28)
+++ v1 (2026-01-19)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7a4056e02594f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/89f1d6b5e75f4132a607a34aae960999.psmdcp" Id="R68653fb92e4d4220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efa4f9aac88480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b22565b965b484194cb401d276ee2a8.psmdcp" Id="Re296b900b5f94a72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>