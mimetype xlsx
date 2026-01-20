--- v1 (2026-01-19)
+++ v2 (2026-01-20)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5efa4f9aac88480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0b22565b965b484194cb401d276ee2a8.psmdcp" Id="Re296b900b5f94a72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c34be522e74761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e6d298457674e4c93129149484e7128.psmdcp" Id="R8d42071e52914b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>