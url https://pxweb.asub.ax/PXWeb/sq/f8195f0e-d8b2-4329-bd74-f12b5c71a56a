--- v2 (2026-01-20)
+++ v3 (2026-02-11)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c34be522e74761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4e6d298457674e4c93129149484e7128.psmdcp" Id="R8d42071e52914b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791f1a9049dc4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e65e4d87241a470da7b827d6ae8e0b05.psmdcp" Id="Ra7ab4ca4676a4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>