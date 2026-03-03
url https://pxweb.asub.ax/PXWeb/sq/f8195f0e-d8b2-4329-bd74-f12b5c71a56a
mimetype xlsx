--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R791f1a9049dc4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e65e4d87241a470da7b827d6ae8e0b05.psmdcp" Id="Ra7ab4ca4676a4b91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cab66d656b14b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98363b4d2b3a40d08132e4cf2c809e65.psmdcp" Id="R448e9a22340f466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>