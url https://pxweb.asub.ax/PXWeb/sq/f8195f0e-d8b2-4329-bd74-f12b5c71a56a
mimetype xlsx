--- v4 (2026-03-03)
+++ v5 (2026-03-26)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cab66d656b14b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/98363b4d2b3a40d08132e4cf2c809e65.psmdcp" Id="R448e9a22340f466b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d5f104965334f94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6e2efd08cbf46f09cd0b1cd5160142d.psmdcp" Id="R6fe95c401f9c45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT003" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
   <x:si>
     <x:t>Number of pupils in comprehensive schools by Municipality of residence and Year</x:t>
   </x:si>
   <x:si>
     <x:t>1990</x:t>
   </x:si>
   <x:si>