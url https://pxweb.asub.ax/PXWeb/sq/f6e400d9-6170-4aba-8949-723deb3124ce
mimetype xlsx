--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6029bbf26bf47a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3b1e7ab6ec44449ab12e238ef971d09b.psmdcp" Id="Rb64a4f394e274811" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c17a015a54746ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aaa6dd9b686241f8ae21c7cd231ea9d4.psmdcp" Id="R5a498bbfd3ee4118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>