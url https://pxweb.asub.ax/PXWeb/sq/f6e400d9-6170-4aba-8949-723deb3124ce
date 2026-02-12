--- v1 (2026-01-22)
+++ v2 (2026-02-12)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c17a015a54746ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aaa6dd9b686241f8ae21c7cd231ea9d4.psmdcp" Id="R5a498bbfd3ee4118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e5b2e1c60f4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c70b9fd04c0b424bbbba021dbe1729f1.psmdcp" Id="Ra89a39cd356548a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>