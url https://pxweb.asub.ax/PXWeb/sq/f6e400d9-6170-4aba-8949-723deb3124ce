--- v2 (2026-02-12)
+++ v3 (2026-03-05)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e5b2e1c60f4c7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/c70b9fd04c0b424bbbba021dbe1729f1.psmdcp" Id="Ra89a39cd356548a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re224dcb300504ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af3933fbb08546d6bd251b9bcec094d6.psmdcp" Id="Rac09249ec85c4102" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>