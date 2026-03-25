--- v3 (2026-03-05)
+++ v4 (2026-03-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re224dcb300504ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/af3933fbb08546d6bd251b9bcec094d6.psmdcp" Id="Rac09249ec85c4102" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49783e5539fc4a2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a8fc7c4bd8bc4b17bdbb408b38e9f1db.psmdcp" Id="R60967c8c23c74f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="SJ011" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <x:si>
     <x:t>International sea passengers 1999-2024 by port</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>