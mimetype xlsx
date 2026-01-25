--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fa6f71679946f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/62c5822231704a589a0dc3b77b6d22c9.psmdcp" Id="Rca87309321874ed9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b2a136d13b41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92949395704e484c8207fbb99932a1dc.psmdcp" Id="R2d0a50ea8c7041dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>