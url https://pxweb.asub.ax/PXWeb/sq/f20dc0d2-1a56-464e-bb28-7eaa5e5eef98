--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b2a136d13b41d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/92949395704e484c8207fbb99932a1dc.psmdcp" Id="R2d0a50ea8c7041dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9142ef1911dc4857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6445b0017d242c48f9e7f5d08278bf9.psmdcp" Id="R6bd1f9d91eb84c67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>