--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9142ef1911dc4857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a6445b0017d242c48f9e7f5d08278bf9.psmdcp" Id="R6bd1f9d91eb84c67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf32910ca714401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c8c50d8a285455ba46da4b78ecf9307.psmdcp" Id="R93e11177ec3040d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>