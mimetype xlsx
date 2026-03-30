--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcf32910ca714401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3c8c50d8a285455ba46da4b78ecf9307.psmdcp" Id="R93e11177ec3040d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc15639ec9cc4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4028ba72d01847d8b8a616815bb8c6ff.psmdcp" Id="R00c70e908fe6456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>