--- v4 (2026-03-30)
+++ v5 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc15639ec9cc4dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/4028ba72d01847d8b8a616815bb8c6ff.psmdcp" Id="R00c70e908fe6456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60e666e0c78a4ef7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b87b47a8447a41d38c8c6be4d9a02fdf.psmdcp" Id="Rde6a3a737cc94e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT053" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Program, Year and Sex</x:t>
   </x:si>
   <x:si>
     <x:t>Students, total</x:t>
   </x:si>
   <x:si>