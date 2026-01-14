--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4304ebb71c455f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9cff0be0df28411597a4b21c1e6d7084.psmdcp" Id="Rca56935a2e0a4f66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f098c8052994249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04e6829694094cc1bd8211ab2ac0c61e.psmdcp" Id="R997df5104dd34b74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Totalt efter utbildningsnivå, studieland och år</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>