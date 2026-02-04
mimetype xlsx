--- v1 (2026-01-14)
+++ v2 (2026-02-04)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f098c8052994249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/04e6829694094cc1bd8211ab2ac0c61e.psmdcp" Id="R997df5104dd34b74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R420bb5978cf94976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3047bd27164f446189c475f67f6174a9.psmdcp" Id="Rd863fbb132d74cd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Totalt efter utbildningsnivå, studieland och år</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>