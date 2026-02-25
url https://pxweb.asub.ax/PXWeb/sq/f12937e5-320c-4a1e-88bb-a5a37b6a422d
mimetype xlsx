--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R420bb5978cf94976" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/3047bd27164f446189c475f67f6174a9.psmdcp" Id="Rd863fbb132d74cd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd041f778ee94a8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7a53459fa37848c48528765d2fc6a9ab.psmdcp" Id="R88c3dc82eb374fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT023" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Studerande utanför Åland, Totalt, Totalt efter utbildningsnivå, studieland och år</x:t>
   </x:si>
   <x:si>
     <x:t>2004</x:t>
   </x:si>
   <x:si>