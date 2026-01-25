--- v0 (2025-12-17)
+++ v1 (2026-01-25)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4085fc63c0474326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/28baacb25a7448ab886f65da5e049993.psmdcp" Id="R55e2f44adcc34035" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re404ecaf24e24ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5f81bae0d1b422cb24b6e7c5d9ef9a8.psmdcp" Id="R4528eb03b5b748c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>