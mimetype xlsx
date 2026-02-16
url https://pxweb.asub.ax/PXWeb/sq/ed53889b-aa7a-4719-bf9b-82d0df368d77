--- v1 (2026-01-25)
+++ v2 (2026-02-16)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re404ecaf24e24ea5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a5f81bae0d1b422cb24b6e7c5d9ef9a8.psmdcp" Id="R4528eb03b5b748c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6f91c06a3946c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0fc3c4fad8b4650a05acd87f54e7f87.psmdcp" Id="Rb13b9e0441544339" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>