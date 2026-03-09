--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc6f91c06a3946c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a0fc3c4fad8b4650a05acd87f54e7f87.psmdcp" Id="Rb13b9e0441544339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0def812cf34a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33cd0d6642594e62964c7a3df3cfbe2e.psmdcp" Id="R13520d7154d043d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>