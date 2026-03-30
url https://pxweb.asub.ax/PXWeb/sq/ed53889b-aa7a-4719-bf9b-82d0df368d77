--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,40 +1,40 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0def812cf34a80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/33cd0d6642594e62964c7a3df3cfbe2e.psmdcp" Id="R13520d7154d043d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc24aa5d811784c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0d8c3b9094b8463fb357771975c94b2d.psmdcp" Id="R7e648c49aa034760" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="UT054" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="40">
   <x:si>
     <x:t>Students at the Åland University of Applied Sciences by Year and Country of residence</x:t>
   </x:si>
   <x:si>
     <x:t>Total</x:t>
   </x:si>
   <x:si>